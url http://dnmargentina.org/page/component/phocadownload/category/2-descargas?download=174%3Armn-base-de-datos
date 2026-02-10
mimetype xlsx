--- v0 (2025-11-01)
+++ v1 (2026-02-10)
@@ -3,81 +3,81 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\DNM ASISTENTE\Documents\RMN 2021 - 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8FEC2BC1-7D3F-4BFC-965A-8CD1D6FA2615}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{28E1C5C2-6916-490F-918B-16E22DE6FEAF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13140" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="181029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D97" i="1" l="1"/>
+  <c r="D100" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="733" uniqueCount="627">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="762" uniqueCount="656">
   <si>
     <t xml:space="preserve"> Cargo</t>
   </si>
   <si>
     <t>Zona</t>
   </si>
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Apellido</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
     <t>Particular</t>
   </si>
   <si>
     <t xml:space="preserve">Móvil </t>
   </si>
   <si>
     <t>Promotor Nacional</t>
   </si>
   <si>
@@ -738,53 +738,50 @@
   <si>
     <t>SALTA</t>
   </si>
   <si>
     <t>Villagra</t>
   </si>
   <si>
     <t>03873 425334</t>
   </si>
   <si>
     <t>03873 15433455</t>
   </si>
   <si>
     <t>González</t>
   </si>
   <si>
     <t>TUCUMÁN</t>
   </si>
   <si>
     <t>0381 4915144</t>
   </si>
   <si>
     <t>Tucumán</t>
   </si>
   <si>
-    <t>Melina Noemí</t>
-[...1 lines deleted...]
-  <si>
     <t>melycarrizo.96@gmail.com</t>
   </si>
   <si>
     <t>0381 156463001</t>
   </si>
   <si>
     <t>María Eva</t>
   </si>
   <si>
     <t>Vildoza</t>
   </si>
   <si>
     <t>maruk.vil@gmail.com</t>
   </si>
   <si>
     <t>0381 153497968</t>
   </si>
   <si>
     <t xml:space="preserve">Tucumán </t>
   </si>
   <si>
     <t>Laura</t>
   </si>
   <si>
     <t>Andrada</t>
@@ -1326,65 +1323,50 @@
   <si>
     <t>0348-4428953</t>
   </si>
   <si>
     <t>15-63605375</t>
   </si>
   <si>
     <t>Micaela Agostina</t>
   </si>
   <si>
     <t>Lugo Orrego</t>
   </si>
   <si>
     <t>micaelalugo.ml@gmail.com</t>
   </si>
   <si>
     <t>3484-593502</t>
   </si>
   <si>
     <t>matt_miranda@outlook.com</t>
   </si>
   <si>
     <t>15 3025 2102</t>
   </si>
   <si>
-    <t>Campana</t>
-[...13 lines deleted...]
-  <si>
     <t>Loma Hermosa</t>
   </si>
   <si>
     <t>Liliana Noemi</t>
   </si>
   <si>
     <t>Caballero</t>
   </si>
   <si>
     <t>lilianacaballero975@gmail.com</t>
   </si>
   <si>
     <t>4769-9137</t>
   </si>
   <si>
     <t xml:space="preserve">Silvia y Rafael </t>
   </si>
   <si>
     <t>Mar del Plata</t>
   </si>
   <si>
     <t>Adriana Anahí</t>
   </si>
   <si>
     <t>Ale</t>
@@ -1570,53 +1552,50 @@
     <t>Coordinador Distrito N* 3</t>
   </si>
   <si>
     <t>Zona Atlántica</t>
   </si>
   <si>
     <t>Pcia. Bs As.                         Trenque Lauquen</t>
   </si>
   <si>
     <t>jesylev85@gmail.com                                                                                                                             jonesvazquezdanielcristian@gmail.com</t>
   </si>
   <si>
     <t>2357401397 2804838816</t>
   </si>
   <si>
     <t>Gral. Pico - La Pampa</t>
   </si>
   <si>
     <t>385 4862301</t>
   </si>
   <si>
     <t>380 4213481</t>
   </si>
   <si>
     <t>minmag87@hotmail.com                                                                          magda_molares@hotmail.com</t>
-  </si>
-[...1 lines deleted...]
-    <t>santiago.n.b@hotmail.com.ar                                          mayyra28@hotmail.com</t>
   </si>
   <si>
     <t>transfenix_jujuy@hotmail.com  raul.silva779@gmail.com</t>
   </si>
   <si>
     <t>fliapereyra10@hotmail.com</t>
   </si>
   <si>
     <t>Luis y Olga</t>
   </si>
   <si>
     <t>Pereyra</t>
   </si>
   <si>
     <t>11 2482 9111</t>
   </si>
   <si>
     <t>Temperley                        Mte. Grande - Ezeiza</t>
   </si>
   <si>
     <t>Morales</t>
   </si>
   <si>
     <t>Ezequiel y Julieta</t>
   </si>
@@ -1922,61 +1901,169 @@
   </si>
   <si>
     <t>Caleb Josue</t>
   </si>
   <si>
     <t>sareaypaez@gmail.com</t>
   </si>
   <si>
     <t>Benito</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">                                        </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Palatino Linotype"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve"> DEPARTAMENTO NACIONAL DE MISIONES</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">                             RED DE MOVILIZACION NACIONAL 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Rea y Paez</t>
+  </si>
+  <si>
+    <t>Ramiro y Micaela</t>
+  </si>
+  <si>
+    <t>García</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sabrina </t>
+  </si>
+  <si>
+    <t>Catamarca</t>
+  </si>
+  <si>
+    <t>Caramarca</t>
+  </si>
+  <si>
+    <t>Salomón</t>
+  </si>
+  <si>
+    <t>Arancibia</t>
+  </si>
+  <si>
+    <t>Carlos</t>
+  </si>
+  <si>
+    <t>Dora</t>
+  </si>
+  <si>
+    <t>Salta</t>
+  </si>
+  <si>
+    <t>Tolaba</t>
+  </si>
+  <si>
+    <t>Melina y Luciana</t>
+  </si>
+  <si>
+    <t>Laura Villafañe</t>
+  </si>
+  <si>
+    <t xml:space="preserve">De Mena </t>
+  </si>
+  <si>
+    <t>Mariela y Soledad</t>
+  </si>
+  <si>
+    <t>Mansilla</t>
+  </si>
+  <si>
+    <t>Carlos y Ana</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2215 63-9024</t>
+  </si>
+  <si>
+    <t>Kupec</t>
+  </si>
+  <si>
+    <t>0387 6338208</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Emiliano y Eliana </t>
+  </si>
+  <si>
+    <t>Pedrozo</t>
+  </si>
+  <si>
+    <t>Emi 11 28163653                       Eli 1140892235</t>
+  </si>
+  <si>
+    <t>Capital</t>
+  </si>
+  <si>
+    <t>115376-1465</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Raquel </t>
+  </si>
+  <si>
+    <t>Tigre - Pacheco</t>
+  </si>
+  <si>
+    <t>Benitez</t>
+  </si>
+  <si>
+    <t>11 2680 5148</t>
+  </si>
+  <si>
+    <t>11 6504 6182</t>
+  </si>
+  <si>
+    <t>Zona Norte - Nordelta</t>
+  </si>
+  <si>
+    <t>edpstands@gmail.com, elianaenigra@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jujuy </t>
+  </si>
+  <si>
+    <t>Cesia</t>
+  </si>
+  <si>
+    <t>Ramirez</t>
+  </si>
+  <si>
+    <t>9291 5272917</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> RED DE MOVILIZACION NACIONAL 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="54">
+  <fonts count="56">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -2269,50 +2356,65 @@
       <sz val="13"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="13"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="7.5"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -2426,51 +2528,51 @@
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="25" fillId="6" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="232">
+  <cellXfs count="249">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -2971,105 +3073,142 @@
     </xf>
     <xf numFmtId="0" fontId="28" fillId="3" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="29" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="2" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="31" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="44" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="20" fillId="5" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...13 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Celda de comprobación 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Hipervínculo" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
@@ -3513,233 +3652,233 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fernandezmjulia22@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marcelavivianacruz@gmail.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felix23_2@hotmail.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:villagranelson@hotmail.com" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luis-kruck@hotmail.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pablomartinromero88@gmail.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marielmoreira1984@gmail.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gri.cabral.33@gmail.com" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:camilavelazquez077@gmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cdoramartastreich@gmail.com" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yuliana.sao@hotmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:figueroamariopastor@hotmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:delusterclaudia1971@gmail.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chris.schneider@hqmail.agmd.org" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fernandoliendro2009@gmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eebarbosas@hotmail.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mariacaricari10@gmail.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juana88m@hotmail.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:santiago.n.b@hotmail.com.ar" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chb_gabriela@yahoo.com.ar" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:binncarina2016@gmail.com" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bre_figueroa@yahoo.com.ar" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hector.suarez@unc.edu.ar" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maxiagiovine@gmail.com" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:melitorojas77@gmail.com" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fliadiezzz@hotmail.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roasia.2011@gmail.com" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mirtabernardo29@gmail.com" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:perlaelizabeth715@gmail.com" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fabrizioins@gmail.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:icemanuelsanrafael@yahoo.com.ar" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:estercita.b@hotmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mabelitach@yahoo.es" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mgemazarate@gmail.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contadorbrane@hotmail.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lauraromano438@gmail.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tejerinamariadelcarmen2013@gmail.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sritaisabel@yahoo.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marylinjanet@gmail.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matt_miranda@outlook.com" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:melesdg@gmail.com" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:toledoemanuel06@gmail.com" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vivielimonteros@gmail.com" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daniela8corea@gmail.com" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sareaypaez@gmail.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lonconomar@gmail.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:an1964@live.com" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ericaramello@hotmail.com" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ramosdesousamarcelo@gmail.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gabuzj@gmail.com" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:flamanrique@gmail.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mauriciogez82@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gabrielanoemiantilef@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saranodamian@gmail.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dancharsanjuan@hotmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luisgugliotta@gmail.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maruk.vil@gmail.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:misaelnieto86@gmail.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:villagranelson@hotmail.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:minmag87@hotmail.com" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lilianacaballero975@gmail.com" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juanleandrobarretocolina938@gmail.com" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:florferreyra732@gmail.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adrianacangelosi@hotmail.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cintiarosananavarro@hotmail.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sirvnaciones89@yahoo.com.ar" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:micaelalugo.ml@gmail.com" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:puertanavarro@gmail.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sofiig991@gmail.com" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adrianadiazmza@gmail.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ariasritay@gmail.com" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.natalia.nc@gmail.com" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miriamcejas80@hotmail.com" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joaquindelvas10@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mnmsilvia@gmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anahizap@yahoo.com.ar" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rosalunaponce77@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marcelavivianacruz@gmail.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paola.eli.lopez7@gmail.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olgamontivero4@hotmail.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:templobuenasnuevas2@hotmail.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:silviayrafael-rodriguez@hotmail.com" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yuliana.sao@hotmail.com" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:susananain72@gmail.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olgabeatrizsierracaminos@gmail.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:walterrusso2012@hotmail.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zulejos@yahoo.com.ar" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pamelafaust@hotmail.com" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monicamiranda80@hotmail.com" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:n.n.blenich@hotmail.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danlopezchaco@hotmail.com" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:braydafacundo@gmail.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gabrielaamaranto70@gmail.com" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:techi.jea@gmail.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andreluna22@gmail.com" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ruizmelanie1237@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:raulbahamonde65@yahoo.com.ar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juanjosen92@gmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:living4himinasia@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angelcarrizo@gmail.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mision_esperanza@hotmail.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juanramongaldo@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:melycarrizo.96@gmail.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:urquizacarlos16@gmail.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:puertanavarro@gmail.com" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gisselleortiz131@gmail.com" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:toledo16nora@gmail.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alfcutty123@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorgelan_laslomitas@hotmail.com" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adrianaanahiale@ymail.com" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nikipao@hotmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:profedeportu@gmail.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nativaurbana@hotmail.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fernandezmjulia22@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marcelavivianacruz@gmail.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felix23_2@hotmail.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:villagranelson@hotmail.com" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monicamiranda80@hotmail.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:puertanavarro@gmail.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gabrielaamaranto70@gmail.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.natalia.nc@gmail.com" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:profedeportu@gmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cdoramartastreich@gmail.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nativaurbana@hotmail.com" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juanramongaldo@gmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:figueroamariopastor@hotmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:delusterclaudia1971@gmail.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chris.schneider@hqmail.agmd.org" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fernandoliendro2009@gmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eebarbosas@hotmail.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mariacaricari10@gmail.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juana88m@hotmail.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pamelafaust@hotmail.com" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pablomartinromero88@gmail.com" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gisselleortiz131@gmail.com" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:braydafacundo@gmail.com" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gri.cabral.33@gmail.com" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alfcutty123@gmail.com" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:camilavelazquez077@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fliadiezzz@hotmail.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luis-kruck@hotmail.com" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marielmoreira1984@gmail.com" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nikipao@hotmail.com" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:toledo16nora@gmail.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:icemanuelsanrafael@yahoo.com.ar" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:estercita.b@hotmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mabelitach@yahoo.es" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mgemazarate@gmail.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contadorbrane@hotmail.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lauraromano438@gmail.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tejerinamariadelcarmen2013@gmail.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sritaisabel@yahoo.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:silviayrafael-rodriguez@hotmail.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chb_gabriela@yahoo.com.ar" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adrianaanahiale@ymail.com" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bre_figueroa@yahoo.com.ar" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maxiagiovine@gmail.com" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yuliana.sao@hotmail.com" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lonconomar@gmail.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:an1964@live.com" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:binncarina2016@gmail.com" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mirtabernardo29@gmail.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hector.suarez@unc.edu.ar" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fabrizioins@gmail.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vivielimonteros@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gabrielanoemiantilef@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saranodamian@gmail.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dancharsanjuan@hotmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luisgugliotta@gmail.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maruk.vil@gmail.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:misaelnieto86@gmail.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:villagranelson@hotmail.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roasia.2011@gmail.com" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:melesdg@gmail.com" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daniela8corea@gmail.com" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:melitorojas77@gmail.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adrianacangelosi@hotmail.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cintiarosananavarro@hotmail.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sirvnaciones89@yahoo.com.ar" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matt_miranda@outlook.com" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ericaramello@hotmail.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:toledoemanuel06@gmail.com" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gabuzj@gmail.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:perlaelizabeth715@gmail.com" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:flamanrique@gmail.com" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mauriciogez82@gmail.com" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sareaypaez@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mnmsilvia@gmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anahizap@yahoo.com.ar" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rosalunaponce77@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marcelavivianacruz@gmail.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paola.eli.lopez7@gmail.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olgamontivero4@hotmail.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:templobuenasnuevas2@hotmail.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:minmag87@hotmail.com" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:florferreyra732@gmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:susananain72@gmail.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olgabeatrizsierracaminos@gmail.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:walterrusso2012@hotmail.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zulejos@yahoo.com.ar" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:micaelalugo.ml@gmail.com" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lilianacaballero975@gmail.com" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sofiig991@gmail.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ramosdesousamarcelo@gmail.com" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adrianadiazmza@gmail.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ariasritay@gmail.com" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miriamcejas80@hotmail.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ruizmelanie1237@gmail.com" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juanleandrobarretocolina938@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:raulbahamonde65@yahoo.com.ar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juanjosen92@gmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:living4himinasia@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angelcarrizo@gmail.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mision_esperanza@hotmail.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joaquindelvas10@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:melycarrizo.96@gmail.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:urquizacarlos16@gmail.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marylinjanet@gmail.com" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danlopezchaco@hotmail.com" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andreluna22@gmail.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yuliana.sao@hotmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorgelan_laslomitas@hotmail.com" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:n.n.blenich@hotmail.com" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:techi.jea@gmail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B2:P165"/>
+  <dimension ref="B2:P174"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="K153" sqref="K153"/>
+      <selection activeCell="M114" sqref="M114"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="1.85546875" customWidth="1"/>
     <col min="2" max="2" width="1.85546875" style="21" customWidth="1"/>
     <col min="3" max="3" width="19.5703125" customWidth="1"/>
     <col min="4" max="4" width="22.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
-    <col min="6" max="6" width="13.28515625" customWidth="1"/>
-    <col min="7" max="7" width="38.7109375" customWidth="1"/>
+    <col min="6" max="6" width="17.140625" customWidth="1"/>
+    <col min="7" max="7" width="39.7109375" customWidth="1"/>
     <col min="8" max="8" width="11.28515625" style="166" customWidth="1"/>
-    <col min="9" max="9" width="13.5703125" style="148" customWidth="1"/>
+    <col min="9" max="9" width="19.42578125" style="148" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:11" ht="21">
       <c r="B2" s="15"/>
       <c r="C2" s="1"/>
       <c r="D2" s="7" t="s">
-        <v>624</v>
+        <v>617</v>
       </c>
       <c r="E2" s="188"/>
       <c r="F2" s="188"/>
       <c r="G2" s="189"/>
       <c r="H2" s="149"/>
       <c r="I2" s="133"/>
     </row>
     <row r="3" spans="2:11" ht="6" customHeight="1">
       <c r="B3" s="15"/>
       <c r="C3" s="1"/>
       <c r="D3" s="22"/>
       <c r="E3" s="187"/>
       <c r="F3" s="187"/>
       <c r="G3" s="1"/>
       <c r="H3" s="149"/>
       <c r="I3" s="133"/>
     </row>
     <row r="4" spans="2:11" ht="18.75">
-      <c r="B4" s="224" t="s">
-[...8 lines deleted...]
-      <c r="I4" s="224"/>
+      <c r="B4" s="247" t="s">
+        <v>655</v>
+      </c>
+      <c r="C4" s="247"/>
+      <c r="D4" s="247"/>
+      <c r="E4" s="247"/>
+      <c r="F4" s="247"/>
+      <c r="G4" s="247"/>
+      <c r="H4" s="247"/>
+      <c r="I4" s="247"/>
     </row>
     <row r="5" spans="2:11" ht="23.25" customHeight="1">
       <c r="B5" s="180" t="s">
-        <v>457</v>
+        <v>451</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="7"/>
       <c r="E5" s="22"/>
       <c r="F5" s="7"/>
       <c r="G5" s="7"/>
       <c r="H5" s="151"/>
       <c r="I5" s="135"/>
     </row>
     <row r="6" spans="2:11" ht="25.5">
       <c r="B6" s="15"/>
       <c r="C6" s="1"/>
       <c r="D6" s="2"/>
       <c r="E6" s="1"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="150"/>
       <c r="I6" s="134"/>
     </row>
     <row r="7" spans="2:11">
       <c r="B7" s="16"/>
       <c r="C7" s="167" t="s">
         <v>0</v>
       </c>
       <c r="D7" s="167" t="s">
         <v>1</v>
       </c>
       <c r="E7" s="167" t="s">
         <v>2</v>
       </c>
       <c r="F7" s="167" t="s">
         <v>3</v>
       </c>
       <c r="G7" s="167" t="s">
         <v>4</v>
       </c>
       <c r="H7" s="168" t="s">
         <v>5</v>
       </c>
       <c r="I7" s="168" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="2:11">
       <c r="B8" s="17">
         <v>1</v>
       </c>
-      <c r="C8" s="231" t="s">
+      <c r="C8" s="246" t="s">
         <v>7</v>
       </c>
-      <c r="D8" s="231"/>
+      <c r="D8" s="246"/>
       <c r="E8" s="8" t="s">
         <v>8</v>
       </c>
       <c r="F8" s="9" t="s">
         <v>9</v>
       </c>
       <c r="G8" s="5" t="s">
-        <v>522</v>
+        <v>515</v>
       </c>
       <c r="H8" s="10" t="s">
         <v>10</v>
       </c>
       <c r="I8" s="94">
         <v>1551418731</v>
       </c>
     </row>
     <row r="9" spans="2:11" ht="19.5" customHeight="1">
       <c r="B9" s="17">
         <v>2</v>
       </c>
-      <c r="C9" s="231" t="s">
+      <c r="C9" s="246" t="s">
         <v>11</v>
       </c>
-      <c r="D9" s="231"/>
+      <c r="D9" s="246"/>
       <c r="E9" s="8" t="s">
-        <v>492</v>
+        <v>486</v>
       </c>
       <c r="F9" s="9" t="s">
-        <v>491</v>
+        <v>485</v>
       </c>
       <c r="G9" s="5" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="H9" s="195"/>
       <c r="I9" s="94">
         <v>2215947445</v>
       </c>
       <c r="J9" s="196"/>
     </row>
     <row r="10" spans="2:11" ht="31.5" customHeight="1">
-      <c r="B10" s="225" t="s">
+      <c r="B10" s="244" t="s">
         <v>124</v>
       </c>
-      <c r="C10" s="225"/>
-[...5 lines deleted...]
-      <c r="I10" s="225"/>
+      <c r="C10" s="244"/>
+      <c r="D10" s="244"/>
+      <c r="E10" s="244"/>
+      <c r="F10" s="244"/>
+      <c r="G10" s="244"/>
+      <c r="H10" s="244"/>
+      <c r="I10" s="244"/>
     </row>
     <row r="11" spans="2:11" ht="27.75" customHeight="1">
       <c r="B11" s="181">
         <v>3</v>
       </c>
       <c r="C11" s="37" t="s">
         <v>81</v>
       </c>
       <c r="D11" s="29"/>
       <c r="E11" s="197" t="s">
-        <v>473</v>
+        <v>467</v>
       </c>
       <c r="F11" s="198" t="s">
-        <v>626</v>
-[...2 lines deleted...]
-        <v>622</v>
+        <v>618</v>
+      </c>
+      <c r="G11" s="221" t="s">
+        <v>615</v>
       </c>
       <c r="H11" s="194"/>
       <c r="I11" s="200" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
     </row>
     <row r="12" spans="2:11" ht="27" customHeight="1">
       <c r="B12" s="181"/>
       <c r="C12" s="18"/>
       <c r="D12" s="18"/>
       <c r="E12" s="13" t="s">
         <v>60</v>
       </c>
       <c r="F12" s="13" t="s">
         <v>61</v>
       </c>
       <c r="G12" s="203" t="s">
         <v>62</v>
       </c>
       <c r="H12" s="14" t="s">
         <v>63</v>
       </c>
       <c r="I12" s="137" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="13" spans="2:11">
       <c r="B13" s="19">
         <v>4</v>
@@ -3767,70 +3906,70 @@
     <row r="14" spans="2:11">
       <c r="B14" s="19">
         <v>5</v>
       </c>
       <c r="C14" s="82"/>
       <c r="D14" s="86" t="s">
         <v>19</v>
       </c>
       <c r="E14" s="86" t="s">
         <v>20</v>
       </c>
       <c r="F14" s="124" t="s">
         <v>21</v>
       </c>
       <c r="G14" s="93" t="s">
         <v>22</v>
       </c>
       <c r="H14" s="153" t="s">
         <v>23</v>
       </c>
       <c r="I14" s="130" t="s">
         <v>24</v>
       </c>
       <c r="K14" s="129"/>
     </row>
-    <row r="15" spans="2:11" ht="22.5">
+    <row r="15" spans="2:11">
       <c r="B15" s="19">
         <v>6</v>
       </c>
       <c r="C15" s="82"/>
       <c r="D15" s="86" t="s">
-        <v>465</v>
+        <v>459</v>
       </c>
       <c r="E15" s="86" t="s">
-        <v>466</v>
+        <v>460</v>
       </c>
       <c r="F15" s="124" t="s">
         <v>219</v>
       </c>
       <c r="G15" s="93" t="s">
-        <v>467</v>
+        <v>461</v>
       </c>
       <c r="H15" s="153"/>
       <c r="I15" s="132" t="s">
-        <v>468</v>
+        <v>462</v>
       </c>
     </row>
     <row r="16" spans="2:11">
       <c r="B16" s="19">
         <v>7</v>
       </c>
       <c r="C16" s="79" t="s">
         <v>13</v>
       </c>
       <c r="D16" s="80" t="s">
         <v>25</v>
       </c>
       <c r="E16" s="83" t="s">
         <v>26</v>
       </c>
       <c r="F16" s="80" t="s">
         <v>27</v>
       </c>
       <c r="G16" s="84" t="s">
         <v>28</v>
       </c>
       <c r="H16" s="154" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="131" t="s">
@@ -3866,81 +4005,81 @@
         <v>36</v>
       </c>
       <c r="E18" s="86" t="s">
         <v>37</v>
       </c>
       <c r="F18" s="124" t="s">
         <v>38</v>
       </c>
       <c r="G18" s="93" t="s">
         <v>39</v>
       </c>
       <c r="H18" s="153"/>
       <c r="I18" s="130" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="19" spans="2:9">
       <c r="B19" s="19">
         <v>18</v>
       </c>
       <c r="C19" s="86"/>
       <c r="D19" s="86" t="s">
         <v>41</v>
       </c>
       <c r="E19" s="125" t="s">
-        <v>462</v>
+        <v>456</v>
       </c>
       <c r="F19" s="124" t="s">
         <v>42</v>
       </c>
       <c r="G19" s="126" t="s">
         <v>43</v>
       </c>
       <c r="H19" s="153" t="s">
         <v>44</v>
       </c>
       <c r="I19" s="130" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="20" spans="2:9" ht="26.25" customHeight="1">
       <c r="B20" s="19"/>
       <c r="C20" s="87" t="s">
         <v>13</v>
       </c>
       <c r="D20" s="204" t="s">
         <v>46</v>
       </c>
       <c r="E20" s="205" t="s">
-        <v>488</v>
+        <v>482</v>
       </c>
       <c r="F20" s="206" t="s">
-        <v>489</v>
+        <v>483</v>
       </c>
       <c r="G20" s="207" t="s">
-        <v>506</v>
+        <v>500</v>
       </c>
       <c r="H20" s="208"/>
       <c r="I20" s="209">
         <v>2804841204</v>
       </c>
     </row>
     <row r="21" spans="2:9">
       <c r="B21" s="19">
         <v>20</v>
       </c>
       <c r="C21" s="86"/>
       <c r="D21" s="86" t="s">
         <v>47</v>
       </c>
       <c r="E21" s="125" t="s">
         <v>48</v>
       </c>
       <c r="F21" s="124" t="s">
         <v>49</v>
       </c>
       <c r="G21" s="127" t="s">
         <v>50</v>
       </c>
       <c r="H21" s="153" t="s">
         <v>51</v>
@@ -3956,68 +4095,68 @@
       <c r="C22" s="86"/>
       <c r="D22" s="86" t="s">
         <v>53</v>
       </c>
       <c r="E22" s="125" t="s">
         <v>54</v>
       </c>
       <c r="F22" s="124" t="s">
         <v>55</v>
       </c>
       <c r="G22" s="93" t="s">
         <v>56</v>
       </c>
       <c r="H22" s="153"/>
       <c r="I22" s="130" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="23" spans="2:9" ht="23.25">
       <c r="B23" s="19"/>
       <c r="C23" s="86"/>
       <c r="D23" s="86" t="s">
         <v>58</v>
       </c>
       <c r="E23" s="125" t="s">
-        <v>463</v>
+        <v>457</v>
       </c>
       <c r="F23" s="201" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="G23" s="202" t="s">
-        <v>464</v>
+        <v>458</v>
       </c>
       <c r="H23" s="157"/>
       <c r="I23" s="130" t="s">
-        <v>507</v>
+        <v>501</v>
       </c>
     </row>
     <row r="24" spans="2:9">
       <c r="B24" s="19"/>
       <c r="C24" s="86"/>
       <c r="D24" s="86" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
       <c r="E24" s="86" t="s">
         <v>137</v>
       </c>
       <c r="F24" s="124" t="s">
         <v>138</v>
       </c>
       <c r="G24" s="93" t="s">
         <v>139</v>
       </c>
       <c r="H24" s="153"/>
       <c r="I24" s="130" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="25" spans="2:9">
       <c r="B25" s="19">
         <v>25</v>
       </c>
       <c r="C25" s="88" t="s">
         <v>13</v>
       </c>
       <c r="D25" s="89" t="s">
         <v>59</v>
       </c>
@@ -4063,142 +4202,148 @@
       </c>
       <c r="C27" s="92"/>
       <c r="D27" s="125" t="s">
         <v>70</v>
       </c>
       <c r="E27" s="86" t="s">
         <v>71</v>
       </c>
       <c r="F27" s="124" t="s">
         <v>72</v>
       </c>
       <c r="G27" s="93" t="s">
         <v>73</v>
       </c>
       <c r="H27" s="153"/>
       <c r="I27" s="132" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="28" spans="2:9">
       <c r="B28" s="19">
         <v>28</v>
       </c>
       <c r="C28" s="92"/>
       <c r="D28" s="125" t="s">
-        <v>497</v>
+        <v>491</v>
       </c>
       <c r="E28" s="86" t="s">
         <v>75</v>
       </c>
       <c r="F28" s="124" t="s">
         <v>76</v>
       </c>
       <c r="G28" s="93" t="s">
         <v>77</v>
       </c>
       <c r="H28" s="153"/>
       <c r="I28" s="132" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="29" spans="2:9" ht="24.75" customHeight="1">
       <c r="B29" s="20"/>
       <c r="C29" s="88" t="s">
         <v>13</v>
       </c>
       <c r="D29" s="89" t="s">
         <v>83</v>
       </c>
-      <c r="E29" s="91"/>
-      <c r="F29" s="91"/>
+      <c r="E29" s="91" t="s">
+        <v>652</v>
+      </c>
+      <c r="F29" s="122" t="s">
+        <v>653</v>
+      </c>
       <c r="G29" s="96"/>
       <c r="H29" s="155"/>
-      <c r="I29" s="91"/>
+      <c r="I29" s="123" t="s">
+        <v>654</v>
+      </c>
     </row>
     <row r="30" spans="2:9" ht="24.75" customHeight="1">
       <c r="B30" s="20"/>
-      <c r="C30" s="88"/>
-[...5 lines deleted...]
-      <c r="I30" s="91"/>
+      <c r="C30" s="229"/>
+      <c r="D30" s="230"/>
+      <c r="E30" s="231"/>
+      <c r="F30" s="231"/>
+      <c r="G30" s="232"/>
+      <c r="H30" s="233"/>
+      <c r="I30" s="231"/>
     </row>
     <row r="31" spans="2:9" ht="44.25" customHeight="1">
-      <c r="B31" s="225" t="s">
+      <c r="B31" s="244" t="s">
         <v>125</v>
       </c>
-      <c r="C31" s="225"/>
-[...5 lines deleted...]
-      <c r="I31" s="225"/>
+      <c r="C31" s="244"/>
+      <c r="D31" s="244"/>
+      <c r="E31" s="244"/>
+      <c r="F31" s="244"/>
+      <c r="G31" s="244"/>
+      <c r="H31" s="244"/>
+      <c r="I31" s="244"/>
     </row>
     <row r="32" spans="2:9" ht="21" customHeight="1">
       <c r="B32" s="182"/>
       <c r="C32" s="37" t="s">
         <v>81</v>
       </c>
       <c r="D32" s="37"/>
       <c r="E32" s="30" t="s">
         <v>84</v>
       </c>
       <c r="F32" s="30" t="s">
         <v>85</v>
       </c>
       <c r="G32" s="38" t="s">
         <v>86</v>
       </c>
       <c r="H32" s="31"/>
       <c r="I32" s="136" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="33" spans="2:9" ht="21" customHeight="1">
       <c r="B33" s="181"/>
       <c r="C33" s="32" t="s">
         <v>13</v>
       </c>
       <c r="D33" s="33" t="s">
         <v>108</v>
       </c>
       <c r="E33" s="34" t="s">
         <v>109</v>
       </c>
       <c r="F33" s="33" t="s">
         <v>110</v>
       </c>
       <c r="G33" s="35" t="s">
         <v>111</v>
       </c>
       <c r="H33" s="156"/>
       <c r="I33" s="138" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
     </row>
     <row r="34" spans="2:9">
       <c r="B34" s="181"/>
       <c r="C34" s="113"/>
       <c r="D34" s="114" t="s">
         <v>174</v>
       </c>
       <c r="E34" s="114" t="s">
         <v>175</v>
       </c>
       <c r="F34" s="109" t="s">
         <v>176</v>
       </c>
       <c r="G34" s="100" t="s">
         <v>177</v>
       </c>
       <c r="H34" s="10" t="s">
         <v>178</v>
       </c>
       <c r="I34" s="94" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="35" spans="2:9">
@@ -4362,427 +4507,427 @@
       </c>
       <c r="H42" s="153"/>
       <c r="I42" s="139" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="43" spans="2:9">
       <c r="B43" s="20"/>
       <c r="C43" s="32" t="s">
         <v>13</v>
       </c>
       <c r="D43" s="33" t="s">
         <v>120</v>
       </c>
       <c r="E43" s="34" t="s">
         <v>121</v>
       </c>
       <c r="F43" s="33" t="s">
         <v>122</v>
       </c>
       <c r="G43" s="35" t="s">
         <v>123</v>
       </c>
       <c r="H43" s="156"/>
       <c r="I43" s="138" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
     </row>
     <row r="44" spans="2:9" ht="48.75" customHeight="1">
-      <c r="B44" s="225" t="s">
+      <c r="B44" s="244" t="s">
         <v>167</v>
       </c>
-      <c r="C44" s="225"/>
-[...5 lines deleted...]
-      <c r="I44" s="225"/>
+      <c r="C44" s="244"/>
+      <c r="D44" s="244"/>
+      <c r="E44" s="244"/>
+      <c r="F44" s="244"/>
+      <c r="G44" s="244"/>
+      <c r="H44" s="244"/>
+      <c r="I44" s="244"/>
     </row>
     <row r="45" spans="2:9">
       <c r="B45" s="181"/>
-      <c r="C45" s="226" t="s">
+      <c r="C45" s="248" t="s">
         <v>166</v>
       </c>
-      <c r="D45" s="226"/>
+      <c r="D45" s="248"/>
       <c r="E45" s="73" t="s">
         <v>126</v>
       </c>
       <c r="F45" s="30" t="s">
         <v>127</v>
       </c>
       <c r="G45" s="30" t="s">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="H45" s="31" t="s">
         <v>128</v>
       </c>
       <c r="I45" s="140" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="46" spans="2:9">
       <c r="B46" s="20"/>
       <c r="C46" s="23" t="s">
-        <v>501</v>
+        <v>495</v>
       </c>
       <c r="D46" s="24" t="s">
         <v>130</v>
       </c>
       <c r="E46" s="25" t="s">
         <v>126</v>
       </c>
       <c r="F46" s="24" t="s">
         <v>127</v>
       </c>
       <c r="G46" s="26" t="s">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="H46" s="158" t="s">
         <v>128</v>
       </c>
       <c r="I46" s="85" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="47" spans="2:9">
       <c r="B47" s="20"/>
       <c r="C47" s="12"/>
       <c r="D47" s="12" t="s">
         <v>132</v>
       </c>
       <c r="E47" s="12" t="s">
         <v>133</v>
       </c>
       <c r="F47" s="9" t="s">
         <v>134</v>
       </c>
       <c r="G47" s="5" t="s">
         <v>135</v>
       </c>
       <c r="H47" s="10"/>
       <c r="I47" s="94" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="48" spans="2:9" ht="23.25">
       <c r="B48" s="20"/>
       <c r="C48" s="12"/>
       <c r="D48" s="102" t="s">
-        <v>508</v>
+        <v>502</v>
       </c>
       <c r="E48" s="102" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="F48" s="110" t="s">
-        <v>499</v>
+        <v>493</v>
       </c>
       <c r="G48" s="119" t="s">
-        <v>500</v>
+        <v>494</v>
       </c>
       <c r="H48" s="10"/>
       <c r="I48" s="94" t="s">
-        <v>617</v>
+        <v>610</v>
       </c>
     </row>
     <row r="49" spans="2:16">
       <c r="B49" s="20"/>
       <c r="C49" s="39" t="s">
-        <v>502</v>
+        <v>496</v>
       </c>
       <c r="D49" s="24" t="s">
         <v>141</v>
       </c>
       <c r="E49" s="25" t="s">
         <v>142</v>
       </c>
       <c r="F49" s="24" t="s">
         <v>143</v>
       </c>
       <c r="G49" s="26" t="s">
         <v>144</v>
       </c>
       <c r="H49" s="158" t="s">
         <v>145</v>
       </c>
       <c r="I49" s="85" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="50" spans="2:16" ht="20.25" customHeight="1">
       <c r="B50" s="20"/>
       <c r="C50" s="40"/>
       <c r="D50" s="12" t="s">
         <v>147</v>
       </c>
       <c r="E50" s="12" t="s">
         <v>148</v>
       </c>
       <c r="F50" s="9" t="s">
         <v>149</v>
       </c>
       <c r="G50" s="5" t="s">
         <v>150</v>
       </c>
       <c r="H50" s="10"/>
       <c r="I50" s="199" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="51" spans="2:16">
       <c r="B51" s="20"/>
       <c r="C51" s="40"/>
       <c r="D51" s="12" t="s">
         <v>147</v>
       </c>
       <c r="E51" s="12" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="F51" s="9" t="s">
-        <v>470</v>
+        <v>464</v>
       </c>
       <c r="G51" s="5" t="s">
-        <v>471</v>
+        <v>465</v>
       </c>
       <c r="H51" s="10"/>
       <c r="I51" s="94">
         <v>1153257958</v>
       </c>
     </row>
     <row r="52" spans="2:16">
       <c r="B52" s="20"/>
       <c r="C52" s="9"/>
       <c r="D52" s="105" t="s">
         <v>160</v>
       </c>
       <c r="E52" s="105" t="s">
         <v>152</v>
       </c>
       <c r="F52" s="106" t="s">
         <v>153</v>
       </c>
       <c r="G52" s="112" t="s">
         <v>154</v>
       </c>
       <c r="H52" s="10"/>
       <c r="I52" s="94" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="53" spans="2:16">
       <c r="B53" s="20"/>
       <c r="C53" s="9"/>
       <c r="D53" s="12" t="s">
         <v>160</v>
       </c>
       <c r="E53" s="12" t="s">
-        <v>474</v>
+        <v>468</v>
       </c>
       <c r="F53" s="9" t="s">
-        <v>475</v>
+        <v>469</v>
       </c>
       <c r="G53" s="5"/>
       <c r="H53" s="179"/>
       <c r="I53" s="94" t="s">
-        <v>476</v>
+        <v>470</v>
       </c>
     </row>
     <row r="54" spans="2:16">
       <c r="B54" s="20"/>
       <c r="C54" s="9"/>
       <c r="D54" s="12" t="s">
         <v>161</v>
       </c>
       <c r="E54" s="12" t="s">
         <v>162</v>
       </c>
       <c r="F54" s="9" t="s">
         <v>163</v>
       </c>
       <c r="G54" s="5" t="s">
         <v>164</v>
       </c>
       <c r="H54" s="94"/>
       <c r="I54" s="142" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="55" spans="2:16">
       <c r="B55" s="20"/>
       <c r="C55" s="39" t="s">
-        <v>503</v>
+        <v>497</v>
       </c>
       <c r="D55" s="24" t="s">
-        <v>504</v>
+        <v>498</v>
       </c>
       <c r="E55" s="25"/>
       <c r="F55" s="24"/>
       <c r="G55" s="26"/>
       <c r="H55" s="158"/>
       <c r="I55" s="85"/>
     </row>
     <row r="56" spans="2:16">
       <c r="B56" s="20"/>
       <c r="C56" s="64"/>
       <c r="D56" s="12" t="s">
-        <v>441</v>
+        <v>435</v>
       </c>
       <c r="E56" s="12" t="s">
-        <v>442</v>
+        <v>436</v>
       </c>
       <c r="F56" s="9" t="s">
-        <v>443</v>
+        <v>437</v>
       </c>
       <c r="G56" s="5" t="s">
-        <v>444</v>
+        <v>438</v>
       </c>
       <c r="H56" s="94" t="s">
-        <v>445</v>
+        <v>439</v>
       </c>
       <c r="I56" s="94"/>
       <c r="K56" s="60"/>
       <c r="L56" s="60"/>
       <c r="M56" s="61"/>
       <c r="N56" s="62"/>
       <c r="O56" s="63"/>
       <c r="P56" s="63"/>
     </row>
     <row r="57" spans="2:16" ht="24.75">
       <c r="B57" s="20"/>
       <c r="C57" s="39" t="s">
-        <v>523</v>
+        <v>516</v>
       </c>
       <c r="D57" s="24" t="s">
-        <v>505</v>
-[...1 lines deleted...]
-      <c r="E57" s="215" t="s">
+        <v>499</v>
+      </c>
+      <c r="E57" s="214" t="s">
         <v>156</v>
       </c>
-      <c r="F57" s="216" t="s">
+      <c r="F57" s="215" t="s">
         <v>157</v>
       </c>
-      <c r="G57" s="217" t="s">
+      <c r="G57" s="216" t="s">
         <v>158</v>
       </c>
-      <c r="H57" s="218"/>
-      <c r="I57" s="219" t="s">
+      <c r="H57" s="217"/>
+      <c r="I57" s="218" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="58" spans="2:16" ht="24.75">
       <c r="B58" s="20"/>
       <c r="C58" s="9"/>
       <c r="D58" s="12" t="s">
-        <v>612</v>
+        <v>605</v>
       </c>
       <c r="E58" s="12" t="s">
-        <v>613</v>
+        <v>606</v>
       </c>
       <c r="F58" s="9" t="s">
-        <v>614</v>
+        <v>607</v>
       </c>
       <c r="G58" s="5" t="s">
-        <v>615</v>
+        <v>608</v>
       </c>
       <c r="H58" s="94"/>
       <c r="I58" s="142" t="s">
-        <v>616</v>
+        <v>609</v>
       </c>
     </row>
     <row r="59" spans="2:16">
       <c r="B59" s="20"/>
-      <c r="C59" s="223" t="s">
-        <v>618</v>
+      <c r="C59" s="222" t="s">
+        <v>611</v>
       </c>
       <c r="D59" s="55" t="s">
-        <v>619</v>
+        <v>612</v>
       </c>
       <c r="E59" s="12" t="s">
-        <v>621</v>
+        <v>614</v>
       </c>
       <c r="F59" s="9" t="s">
-        <v>620</v>
+        <v>613</v>
       </c>
       <c r="G59" s="5"/>
       <c r="H59" s="94"/>
       <c r="I59" s="142">
         <v>1151380102</v>
       </c>
     </row>
     <row r="60" spans="2:16" ht="39.75" customHeight="1">
-      <c r="B60" s="225" t="s">
+      <c r="B60" s="244" t="s">
         <v>168</v>
       </c>
-      <c r="C60" s="225"/>
-[...5 lines deleted...]
-      <c r="I60" s="225"/>
+      <c r="C60" s="244"/>
+      <c r="D60" s="244"/>
+      <c r="E60" s="244"/>
+      <c r="F60" s="244"/>
+      <c r="G60" s="244"/>
+      <c r="H60" s="244"/>
+      <c r="I60" s="244"/>
     </row>
     <row r="61" spans="2:16" ht="24" customHeight="1">
       <c r="B61" s="183"/>
       <c r="C61" s="37" t="s">
         <v>81</v>
       </c>
       <c r="D61" s="37"/>
       <c r="E61" s="30" t="s">
         <v>169</v>
       </c>
       <c r="F61" s="30" t="s">
         <v>170</v>
       </c>
       <c r="G61" s="38" t="s">
         <v>171</v>
       </c>
       <c r="H61" s="31"/>
       <c r="I61" s="136" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="62" spans="2:16">
       <c r="B62" s="184"/>
       <c r="C62" s="32" t="s">
         <v>13</v>
       </c>
       <c r="D62" s="33" t="s">
         <v>173</v>
       </c>
       <c r="E62" s="28" t="s">
-        <v>448</v>
+        <v>442</v>
       </c>
       <c r="F62" s="52" t="s">
         <v>188</v>
       </c>
       <c r="G62" s="27" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
       <c r="H62" s="155"/>
       <c r="I62" s="123" t="s">
-        <v>452</v>
+        <v>446</v>
       </c>
     </row>
     <row r="63" spans="2:16" ht="28.5" customHeight="1">
       <c r="B63" s="53"/>
       <c r="C63" s="66"/>
       <c r="D63" s="55" t="s">
         <v>195</v>
       </c>
       <c r="E63" s="55" t="s">
         <v>191</v>
       </c>
       <c r="F63" s="54" t="s">
         <v>192</v>
       </c>
       <c r="G63" s="69" t="s">
         <v>193</v>
       </c>
       <c r="H63" s="160"/>
       <c r="I63" s="141" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="64" spans="2:16">
       <c r="B64" s="53"/>
       <c r="C64" s="65"/>
@@ -4854,2093 +4999,2241 @@
       <c r="C67" s="65"/>
       <c r="D67" s="55" t="s">
         <v>195</v>
       </c>
       <c r="E67" s="55" t="s">
         <v>169</v>
       </c>
       <c r="F67" s="54" t="s">
         <v>211</v>
       </c>
       <c r="G67" s="98"/>
       <c r="H67" s="160" t="s">
         <v>212</v>
       </c>
       <c r="I67" s="141" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="68" spans="2:9" ht="17.25" customHeight="1">
       <c r="B68" s="53"/>
       <c r="C68" s="65"/>
       <c r="D68" s="55" t="s">
         <v>195</v>
       </c>
       <c r="E68" s="55" t="s">
-        <v>570</v>
+        <v>563</v>
       </c>
       <c r="F68" s="54" t="s">
         <v>214</v>
       </c>
       <c r="G68" s="98"/>
       <c r="H68" s="160"/>
       <c r="I68" s="141">
         <v>3513788778</v>
       </c>
     </row>
     <row r="69" spans="2:9">
       <c r="B69" s="53"/>
       <c r="C69" s="65"/>
       <c r="D69" s="55" t="s">
         <v>195</v>
       </c>
       <c r="E69" s="55" t="s">
-        <v>573</v>
+        <v>566</v>
       </c>
       <c r="F69" s="54" t="s">
         <v>215</v>
       </c>
       <c r="G69" s="98" t="s">
-        <v>574</v>
+        <v>567</v>
       </c>
       <c r="H69" s="160"/>
       <c r="I69" s="141">
         <v>3513788778</v>
       </c>
     </row>
     <row r="70" spans="2:9">
       <c r="B70" s="53"/>
       <c r="C70" s="65"/>
       <c r="D70" s="55" t="s">
         <v>195</v>
       </c>
       <c r="E70" s="55" t="s">
         <v>217</v>
       </c>
       <c r="F70" s="54" t="s">
         <v>216</v>
       </c>
       <c r="G70" s="98"/>
       <c r="H70" s="160" t="s">
         <v>218</v>
       </c>
       <c r="I70" s="141"/>
     </row>
     <row r="71" spans="2:9">
       <c r="B71" s="53"/>
       <c r="C71" s="65"/>
       <c r="D71" s="55" t="s">
         <v>195</v>
       </c>
       <c r="E71" s="55" t="s">
         <v>148</v>
       </c>
       <c r="F71" s="54" t="s">
         <v>219</v>
       </c>
       <c r="G71" s="98" t="s">
-        <v>564</v>
+        <v>557</v>
       </c>
       <c r="H71" s="160"/>
       <c r="I71" s="141">
         <v>3512201024</v>
       </c>
     </row>
     <row r="72" spans="2:9">
       <c r="B72" s="53"/>
       <c r="C72" s="65"/>
       <c r="D72" s="55" t="s">
         <v>195</v>
       </c>
       <c r="E72" s="55" t="s">
-        <v>526</v>
+        <v>519</v>
       </c>
       <c r="F72" s="54" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="G72" s="98" t="s">
-        <v>527</v>
+        <v>520</v>
       </c>
       <c r="H72" s="160"/>
       <c r="I72" s="141">
         <v>3526089902</v>
       </c>
     </row>
     <row r="73" spans="2:9">
       <c r="B73" s="53"/>
       <c r="C73" s="65"/>
       <c r="D73" s="55" t="s">
         <v>195</v>
       </c>
       <c r="E73" s="55" t="s">
-        <v>529</v>
+        <v>522</v>
       </c>
       <c r="F73" s="54" t="s">
-        <v>528</v>
+        <v>521</v>
       </c>
       <c r="G73" s="98" t="s">
-        <v>530</v>
+        <v>523</v>
       </c>
       <c r="H73" s="160"/>
       <c r="I73" s="141">
         <v>3515136547</v>
       </c>
     </row>
     <row r="74" spans="2:9">
       <c r="B74" s="53"/>
       <c r="C74" s="65"/>
       <c r="D74" s="55" t="s">
         <v>195</v>
       </c>
       <c r="E74" s="55" t="s">
         <v>26</v>
       </c>
       <c r="F74" s="54" t="s">
-        <v>531</v>
+        <v>524</v>
       </c>
       <c r="G74" s="98" t="s">
-        <v>532</v>
+        <v>525</v>
       </c>
       <c r="H74" s="160"/>
       <c r="I74" s="141">
         <v>3512115429</v>
       </c>
     </row>
     <row r="75" spans="2:9">
       <c r="B75" s="53"/>
       <c r="C75" s="65"/>
       <c r="D75" s="55" t="s">
         <v>195</v>
       </c>
       <c r="E75" s="55" t="s">
-        <v>534</v>
+        <v>527</v>
       </c>
       <c r="F75" s="54" t="s">
-        <v>533</v>
+        <v>526</v>
       </c>
       <c r="G75" s="98" t="s">
-        <v>535</v>
+        <v>528</v>
       </c>
       <c r="H75" s="160"/>
       <c r="I75" s="141">
         <v>3512115429</v>
       </c>
     </row>
     <row r="76" spans="2:9">
       <c r="B76" s="53"/>
       <c r="C76" s="65"/>
       <c r="D76" s="55" t="s">
         <v>195</v>
       </c>
       <c r="E76" s="55" t="s">
-        <v>537</v>
+        <v>530</v>
       </c>
       <c r="F76" s="54" t="s">
-        <v>536</v>
+        <v>529</v>
       </c>
       <c r="G76" s="98" t="s">
-        <v>538</v>
+        <v>531</v>
       </c>
       <c r="H76" s="160"/>
       <c r="I76" s="141">
         <v>3584255434</v>
       </c>
     </row>
     <row r="77" spans="2:9">
       <c r="B77" s="53"/>
       <c r="C77" s="65"/>
       <c r="D77" s="55" t="s">
         <v>195</v>
       </c>
       <c r="E77" s="55" t="s">
-        <v>540</v>
+        <v>533</v>
       </c>
       <c r="F77" s="54" t="s">
-        <v>539</v>
+        <v>532</v>
       </c>
       <c r="G77" s="98" t="s">
-        <v>541</v>
+        <v>534</v>
       </c>
       <c r="I77" s="160">
         <v>3513599060</v>
       </c>
     </row>
     <row r="78" spans="2:9">
       <c r="B78" s="53"/>
       <c r="C78" s="65"/>
       <c r="D78" s="55" t="s">
         <v>195</v>
       </c>
       <c r="E78" s="55" t="s">
-        <v>543</v>
+        <v>536</v>
       </c>
       <c r="F78" s="54" t="s">
-        <v>542</v>
+        <v>535</v>
       </c>
       <c r="G78" s="98" t="s">
-        <v>544</v>
+        <v>537</v>
       </c>
       <c r="H78" s="160"/>
       <c r="I78" s="141">
         <v>3512115429</v>
       </c>
     </row>
     <row r="79" spans="2:9">
       <c r="B79" s="53"/>
       <c r="C79" s="65"/>
       <c r="D79" s="55" t="s">
         <v>195</v>
       </c>
       <c r="E79" s="55" t="s">
-        <v>546</v>
+        <v>539</v>
       </c>
       <c r="F79" s="54" t="s">
-        <v>545</v>
+        <v>538</v>
       </c>
       <c r="G79" s="98" t="s">
-        <v>547</v>
+        <v>540</v>
       </c>
       <c r="H79" s="160"/>
       <c r="I79" s="141">
         <v>3516825542</v>
       </c>
     </row>
     <row r="80" spans="2:9">
       <c r="B80" s="53"/>
       <c r="C80" s="65"/>
       <c r="D80" s="55" t="s">
         <v>195</v>
       </c>
       <c r="E80" s="55" t="s">
-        <v>549</v>
+        <v>542</v>
       </c>
       <c r="F80" s="54" t="s">
-        <v>548</v>
+        <v>541</v>
       </c>
       <c r="G80" s="98" t="s">
-        <v>550</v>
+        <v>543</v>
       </c>
       <c r="H80" s="160"/>
       <c r="I80" s="141">
         <v>3515946787</v>
       </c>
     </row>
     <row r="81" spans="2:9">
       <c r="B81" s="53"/>
       <c r="C81" s="65"/>
       <c r="D81" s="55" t="s">
         <v>195</v>
       </c>
       <c r="E81" s="55" t="s">
-        <v>552</v>
+        <v>545</v>
       </c>
       <c r="F81" s="54" t="s">
-        <v>551</v>
+        <v>544</v>
       </c>
       <c r="G81" s="98" t="s">
-        <v>553</v>
+        <v>546</v>
       </c>
       <c r="H81" s="160"/>
       <c r="I81" s="141">
         <v>3513399674</v>
       </c>
     </row>
-    <row r="82" spans="2:9" ht="23.25">
+    <row r="82" spans="2:9">
       <c r="B82" s="53"/>
       <c r="C82" s="65"/>
       <c r="D82" s="55" t="s">
         <v>195</v>
       </c>
       <c r="E82" s="55" t="s">
-        <v>555</v>
+        <v>548</v>
       </c>
       <c r="F82" s="54" t="s">
-        <v>554</v>
+        <v>547</v>
       </c>
       <c r="G82" s="98" t="s">
-        <v>556</v>
+        <v>549</v>
       </c>
       <c r="H82" s="160"/>
       <c r="I82" s="141" t="s">
-        <v>557</v>
+        <v>550</v>
       </c>
     </row>
     <row r="83" spans="2:9">
       <c r="B83" s="53"/>
       <c r="C83" s="65"/>
       <c r="D83" s="55" t="s">
         <v>195</v>
       </c>
       <c r="E83" s="55" t="s">
-        <v>559</v>
+        <v>552</v>
       </c>
       <c r="F83" s="54" t="s">
-        <v>558</v>
+        <v>551</v>
       </c>
       <c r="G83" s="98" t="s">
-        <v>560</v>
+        <v>553</v>
       </c>
       <c r="H83" s="160"/>
       <c r="I83" s="141">
         <v>3515945555</v>
       </c>
     </row>
     <row r="84" spans="2:9">
       <c r="B84" s="53"/>
       <c r="C84" s="65"/>
       <c r="D84" s="55" t="s">
         <v>195</v>
       </c>
       <c r="E84" s="55" t="s">
-        <v>562</v>
+        <v>555</v>
       </c>
       <c r="F84" s="54" t="s">
-        <v>561</v>
+        <v>554</v>
       </c>
       <c r="G84" s="98" t="s">
-        <v>563</v>
+        <v>556</v>
       </c>
       <c r="H84" s="160"/>
       <c r="I84" s="141">
         <v>3516557824</v>
       </c>
     </row>
     <row r="85" spans="2:9">
       <c r="B85" s="53"/>
       <c r="C85" s="65"/>
       <c r="D85" s="55" t="s">
         <v>195</v>
       </c>
       <c r="E85" s="55" t="s">
-        <v>565</v>
+        <v>558</v>
       </c>
       <c r="F85" s="54" t="s">
         <v>230</v>
       </c>
       <c r="G85" s="98" t="s">
-        <v>566</v>
+        <v>559</v>
       </c>
       <c r="H85" s="160"/>
       <c r="I85" s="141">
         <v>3585628276</v>
       </c>
     </row>
     <row r="86" spans="2:9">
       <c r="B86" s="53"/>
       <c r="C86" s="65"/>
       <c r="D86" s="55" t="s">
         <v>195</v>
       </c>
       <c r="E86" s="55" t="s">
-        <v>567</v>
+        <v>560</v>
       </c>
       <c r="F86" s="54" t="s">
-        <v>568</v>
+        <v>561</v>
       </c>
       <c r="G86" s="98" t="s">
-        <v>569</v>
+        <v>562</v>
       </c>
       <c r="H86" s="160"/>
       <c r="I86" s="141">
         <v>3516828298</v>
       </c>
     </row>
     <row r="87" spans="2:9">
       <c r="B87" s="53"/>
       <c r="C87" s="65"/>
       <c r="D87" s="55" t="s">
         <v>195</v>
       </c>
       <c r="E87" s="55" t="s">
         <v>126</v>
       </c>
       <c r="F87" s="54" t="s">
-        <v>571</v>
+        <v>564</v>
       </c>
       <c r="G87" s="98" t="s">
-        <v>572</v>
+        <v>565</v>
       </c>
       <c r="H87" s="160"/>
       <c r="I87" s="141">
         <v>3513430040</v>
       </c>
     </row>
     <row r="88" spans="2:9" ht="37.5" customHeight="1">
-      <c r="B88" s="225" t="s">
+      <c r="B88" s="244" t="s">
         <v>220</v>
       </c>
-      <c r="C88" s="225"/>
-[...5 lines deleted...]
-      <c r="I88" s="225"/>
+      <c r="C88" s="244"/>
+      <c r="D88" s="244"/>
+      <c r="E88" s="244"/>
+      <c r="F88" s="244"/>
+      <c r="G88" s="244"/>
+      <c r="H88" s="244"/>
+      <c r="I88" s="244"/>
     </row>
     <row r="89" spans="2:9" ht="24">
       <c r="B89" s="183"/>
       <c r="C89" s="37" t="s">
         <v>81</v>
       </c>
       <c r="D89" s="37"/>
       <c r="E89" s="73" t="s">
-        <v>472</v>
+        <v>466</v>
       </c>
       <c r="F89" s="30" t="s">
         <v>189</v>
       </c>
       <c r="G89" s="74" t="s">
-        <v>513</v>
+        <v>506</v>
       </c>
       <c r="H89" s="31" t="s">
-        <v>524</v>
+        <v>517</v>
       </c>
       <c r="I89" s="136" t="s">
         <v>190</v>
       </c>
     </row>
-    <row r="90" spans="2:9" ht="22.5">
+    <row r="90" spans="2:9">
       <c r="B90" s="185"/>
       <c r="C90" s="43"/>
       <c r="D90" s="44"/>
       <c r="E90" s="78" t="s">
         <v>221</v>
       </c>
       <c r="F90" s="45" t="s">
         <v>222</v>
       </c>
       <c r="G90" s="38" t="s">
         <v>223</v>
       </c>
       <c r="H90" s="161"/>
       <c r="I90" s="143" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="91" spans="2:9">
       <c r="B91" s="46"/>
       <c r="C91" s="39" t="s">
         <v>13</v>
       </c>
       <c r="D91" s="24" t="s">
         <v>226</v>
       </c>
       <c r="E91" s="25" t="s">
+        <v>250</v>
+      </c>
+      <c r="F91" s="24" t="s">
         <v>251</v>
       </c>
-      <c r="F91" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G91" s="108" t="s">
-        <v>490</v>
+        <v>484</v>
       </c>
       <c r="H91" s="158" t="s">
         <v>228</v>
       </c>
       <c r="I91" s="85" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="92" spans="2:9">
       <c r="B92" s="46"/>
-      <c r="C92" s="23" t="s">
-[...16 lines deleted...]
-        <v>301</v>
+      <c r="C92" s="128"/>
+      <c r="D92" s="55" t="s">
+        <v>628</v>
+      </c>
+      <c r="E92" s="55" t="s">
+        <v>627</v>
+      </c>
+      <c r="F92" s="54" t="s">
+        <v>624</v>
+      </c>
+      <c r="G92" s="228"/>
+      <c r="H92" s="160"/>
+      <c r="I92" s="141">
+        <v>3874464944</v>
       </c>
     </row>
     <row r="93" spans="2:9">
       <c r="B93" s="46"/>
-      <c r="C93" s="23" t="s">
-[...9 lines deleted...]
-      <c r="I93" s="85"/>
+      <c r="C93" s="128"/>
+      <c r="D93" s="55" t="s">
+        <v>628</v>
+      </c>
+      <c r="E93" s="55" t="s">
+        <v>626</v>
+      </c>
+      <c r="F93" s="54" t="s">
+        <v>625</v>
+      </c>
+      <c r="G93" s="228"/>
+      <c r="H93" s="160"/>
+      <c r="I93" s="141" t="s">
+        <v>638</v>
+      </c>
     </row>
     <row r="94" spans="2:9">
       <c r="B94" s="46"/>
-      <c r="C94" s="12"/>
-[...16 lines deleted...]
-        <v>236</v>
+      <c r="C94" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D94" s="24" t="s">
+        <v>225</v>
+      </c>
+      <c r="E94" s="25" t="s">
+        <v>253</v>
+      </c>
+      <c r="F94" s="24" t="s">
+        <v>254</v>
+      </c>
+      <c r="G94" s="59" t="s">
+        <v>301</v>
+      </c>
+      <c r="H94" s="158"/>
+      <c r="I94" s="85" t="s">
+        <v>300</v>
       </c>
     </row>
     <row r="95" spans="2:9">
       <c r="B95" s="46"/>
-      <c r="C95" s="12"/>
-[...14 lines deleted...]
-        <v>240</v>
+      <c r="C95" s="66"/>
+      <c r="D95" s="55" t="s">
+        <v>651</v>
+      </c>
+      <c r="E95" s="55" t="s">
+        <v>633</v>
+      </c>
+      <c r="F95" s="54" t="s">
+        <v>629</v>
+      </c>
+      <c r="G95" s="98"/>
+      <c r="H95" s="160"/>
+      <c r="I95" s="141">
+        <v>3884462152</v>
       </c>
     </row>
     <row r="96" spans="2:9">
       <c r="B96" s="46"/>
-      <c r="C96" s="12"/>
-[...15 lines deleted...]
-      </c>
+      <c r="C96" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D96" s="24" t="s">
+        <v>231</v>
+      </c>
+      <c r="E96" s="25"/>
+      <c r="F96" s="24"/>
+      <c r="G96" s="59"/>
+      <c r="H96" s="158"/>
+      <c r="I96" s="85"/>
     </row>
     <row r="97" spans="2:9">
       <c r="B97" s="46"/>
-      <c r="C97" s="39" t="s">
-[...2 lines deleted...]
-      <c r="D97" s="24" t="str">
+      <c r="C97" s="12"/>
+      <c r="D97" s="12" t="s">
+        <v>233</v>
+      </c>
+      <c r="E97" s="12" t="s">
+        <v>630</v>
+      </c>
+      <c r="F97" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G97" s="100" t="s">
+        <v>234</v>
+      </c>
+      <c r="H97" s="10" t="s">
+        <v>232</v>
+      </c>
+      <c r="I97" s="94" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="98" spans="2:9">
+      <c r="B98" s="46"/>
+      <c r="C98" s="12"/>
+      <c r="D98" s="12" t="s">
+        <v>233</v>
+      </c>
+      <c r="E98" s="12" t="s">
+        <v>236</v>
+      </c>
+      <c r="F98" s="9" t="s">
+        <v>237</v>
+      </c>
+      <c r="G98" s="100" t="s">
+        <v>238</v>
+      </c>
+      <c r="H98" s="10"/>
+      <c r="I98" s="94" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="99" spans="2:9">
+      <c r="B99" s="46"/>
+      <c r="C99" s="12"/>
+      <c r="D99" s="12" t="s">
+        <v>240</v>
+      </c>
+      <c r="E99" s="12" t="s">
+        <v>631</v>
+      </c>
+      <c r="F99" s="9" t="s">
+        <v>242</v>
+      </c>
+      <c r="G99" s="100" t="s">
+        <v>243</v>
+      </c>
+      <c r="H99" s="10"/>
+      <c r="I99" s="94" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="100" spans="2:9">
+      <c r="B100" s="46"/>
+      <c r="C100" s="39" t="s">
+        <v>252</v>
+      </c>
+      <c r="D100" s="24" t="str">
         <f>UPPER("SANTIAGO DEL ESTERO")</f>
         <v>SANTIAGO DEL ESTERO</v>
       </c>
-      <c r="E97" s="25" t="s">
-[...66 lines deleted...]
-        <v>250</v>
+      <c r="E100" s="25" t="s">
+        <v>397</v>
+      </c>
+      <c r="F100" s="24" t="s">
+        <v>478</v>
+      </c>
+      <c r="G100" s="67"/>
+      <c r="H100" s="158"/>
+      <c r="I100" s="85" t="s">
+        <v>503</v>
       </c>
     </row>
     <row r="101" spans="2:9">
       <c r="B101" s="46"/>
-      <c r="C101" s="39" t="s">
-[...2 lines deleted...]
-      <c r="D101" s="24" t="s">
+      <c r="C101" s="128"/>
+      <c r="D101" s="54"/>
+      <c r="E101" s="55" t="s">
+        <v>452</v>
+      </c>
+      <c r="F101" s="54" t="s">
+        <v>453</v>
+      </c>
+      <c r="G101" s="4" t="s">
+        <v>454</v>
+      </c>
+      <c r="H101" s="160"/>
+      <c r="I101" s="141" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="102" spans="2:9">
+      <c r="B102" s="46"/>
+      <c r="C102" s="39" t="s">
+        <v>252</v>
+      </c>
+      <c r="D102" s="24" t="s">
+        <v>255</v>
+      </c>
+      <c r="E102" s="25" t="s">
+        <v>241</v>
+      </c>
+      <c r="F102" s="24" t="s">
+        <v>479</v>
+      </c>
+      <c r="G102" s="67"/>
+      <c r="H102" s="158"/>
+      <c r="I102" s="85" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="103" spans="2:9" ht="30.75" customHeight="1">
+      <c r="B103" s="46"/>
+      <c r="C103" s="40"/>
+      <c r="D103" s="102" t="s">
+        <v>245</v>
+      </c>
+      <c r="E103" s="102" t="s">
+        <v>246</v>
+      </c>
+      <c r="F103" s="110" t="s">
+        <v>247</v>
+      </c>
+      <c r="G103" s="210" t="s">
+        <v>248</v>
+      </c>
+      <c r="H103" s="162"/>
+      <c r="I103" s="95" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="104" spans="2:9">
+      <c r="B104" s="46"/>
+      <c r="C104" s="39" t="s">
+        <v>252</v>
+      </c>
+      <c r="D104" s="24" t="s">
+        <v>256</v>
+      </c>
+      <c r="E104" s="25" t="s">
         <v>257</v>
       </c>
-      <c r="E101" s="25" t="s">
+      <c r="F104" s="24" t="s">
         <v>258</v>
       </c>
-      <c r="F101" s="24" t="s">
+      <c r="G104" s="59" t="s">
         <v>259</v>
       </c>
-      <c r="G101" s="59" t="s">
+      <c r="H104" s="158" t="s">
         <v>260</v>
       </c>
-      <c r="H101" s="158" t="s">
+      <c r="I104" s="85" t="s">
         <v>261</v>
       </c>
-      <c r="I101" s="85" t="s">
+    </row>
+    <row r="105" spans="2:9">
+      <c r="B105" s="46"/>
+      <c r="C105" s="128"/>
+      <c r="D105" s="55" t="s">
+        <v>622</v>
+      </c>
+      <c r="E105" s="223" t="s">
+        <v>619</v>
+      </c>
+      <c r="F105" s="224" t="s">
+        <v>620</v>
+      </c>
+      <c r="G105" s="225"/>
+      <c r="H105" s="226"/>
+      <c r="I105" s="227">
+        <v>3804664286</v>
+      </c>
+    </row>
+    <row r="106" spans="2:9">
+      <c r="B106" s="46"/>
+      <c r="C106" s="128"/>
+      <c r="D106" s="55" t="s">
+        <v>623</v>
+      </c>
+      <c r="E106" s="223" t="s">
+        <v>621</v>
+      </c>
+      <c r="F106" s="224" t="s">
+        <v>632</v>
+      </c>
+      <c r="G106" s="225"/>
+      <c r="H106" s="226"/>
+      <c r="I106" s="227">
+        <v>3838484462</v>
+      </c>
+    </row>
+    <row r="107" spans="2:9" ht="57" customHeight="1">
+      <c r="B107" s="244" t="s">
+        <v>331</v>
+      </c>
+      <c r="C107" s="244"/>
+      <c r="D107" s="244"/>
+      <c r="E107" s="245"/>
+      <c r="F107" s="245"/>
+      <c r="G107" s="245"/>
+      <c r="H107" s="245"/>
+      <c r="I107" s="245"/>
+    </row>
+    <row r="108" spans="2:9" ht="24" customHeight="1">
+      <c r="B108" s="183"/>
+      <c r="C108" s="47" t="s">
+        <v>81</v>
+      </c>
+      <c r="D108" s="48"/>
+      <c r="E108" s="75" t="s">
+        <v>299</v>
+      </c>
+      <c r="F108" s="76" t="s">
         <v>262</v>
       </c>
-    </row>
-[...21 lines deleted...]
-      <c r="F103" s="76" t="s">
+      <c r="G108" s="77" t="s">
         <v>263</v>
       </c>
-      <c r="G103" s="77" t="s">
+      <c r="H108" s="163" t="s">
         <v>264</v>
       </c>
-      <c r="H103" s="163" t="s">
+      <c r="I108" s="144" t="s">
         <v>265</v>
-      </c>
-[...113 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="109" spans="2:9">
       <c r="B109" s="20"/>
-      <c r="C109" s="66"/>
-[...1 lines deleted...]
-      <c r="E109" s="55" t="s">
+      <c r="C109" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D109" s="24" t="s">
+        <v>295</v>
+      </c>
+      <c r="E109" s="25" t="s">
+        <v>296</v>
+      </c>
+      <c r="F109" s="24" t="s">
+        <v>297</v>
+      </c>
+      <c r="G109" s="67"/>
+      <c r="H109" s="158"/>
+      <c r="I109" s="85" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="110" spans="2:9">
+      <c r="B110" s="20"/>
+      <c r="C110" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D110" s="52" t="s">
+        <v>298</v>
+      </c>
+      <c r="E110" s="28" t="s">
+        <v>109</v>
+      </c>
+      <c r="F110" s="52" t="s">
+        <v>474</v>
+      </c>
+      <c r="G110" s="67" t="s">
+        <v>475</v>
+      </c>
+      <c r="H110" s="155"/>
+      <c r="I110" s="123" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="111" spans="2:9" ht="23.25">
+      <c r="B111" s="20"/>
+      <c r="C111" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D111" s="24" t="s">
+        <v>266</v>
+      </c>
+      <c r="E111" s="25" t="s">
+        <v>267</v>
+      </c>
+      <c r="F111" s="24" t="s">
+        <v>268</v>
+      </c>
+      <c r="G111" s="67" t="s">
+        <v>269</v>
+      </c>
+      <c r="H111" s="158" t="s">
+        <v>270</v>
+      </c>
+      <c r="I111" s="85" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="112" spans="2:9">
+      <c r="B112" s="20"/>
+      <c r="C112" s="11"/>
+      <c r="D112" s="12" t="s">
+        <v>272</v>
+      </c>
+      <c r="E112" s="12" t="s">
+        <v>273</v>
+      </c>
+      <c r="F112" s="9" t="s">
+        <v>274</v>
+      </c>
+      <c r="G112" s="101" t="s">
+        <v>275</v>
+      </c>
+      <c r="H112" s="10" t="s">
+        <v>276</v>
+      </c>
+      <c r="I112" s="94" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="113" spans="2:9">
+      <c r="B113" s="20"/>
+      <c r="C113" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D113" s="24" t="s">
+        <v>278</v>
+      </c>
+      <c r="E113" s="68" t="s">
+        <v>299</v>
+      </c>
+      <c r="F113" s="24" t="s">
+        <v>262</v>
+      </c>
+      <c r="G113" s="49" t="s">
+        <v>263</v>
+      </c>
+      <c r="H113" s="158" t="s">
+        <v>264</v>
+      </c>
+      <c r="I113" s="85" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="114" spans="2:9">
+      <c r="B114" s="20"/>
+      <c r="C114" s="66"/>
+      <c r="D114" s="54"/>
+      <c r="E114" s="55" t="s">
+        <v>279</v>
+      </c>
+      <c r="F114" s="54" t="s">
         <v>280</v>
       </c>
-      <c r="F109" s="54" t="s">
+      <c r="G114" s="69" t="s">
         <v>281</v>
       </c>
-      <c r="G109" s="69" t="s">
+      <c r="H114" s="160" t="s">
         <v>282</v>
       </c>
-      <c r="H109" s="160" t="s">
+      <c r="I114" s="141" t="s">
         <v>283</v>
       </c>
-      <c r="I109" s="141" t="s">
+    </row>
+    <row r="115" spans="2:9" ht="24.75">
+      <c r="B115" s="20"/>
+      <c r="C115" s="11"/>
+      <c r="D115" s="12" t="s">
         <v>284</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="D110" s="12" t="s">
+      <c r="E115" s="12" t="s">
         <v>285</v>
       </c>
-      <c r="E110" s="12" t="s">
+      <c r="F115" s="9" t="s">
+        <v>127</v>
+      </c>
+      <c r="G115" s="101" t="s">
         <v>286</v>
       </c>
-      <c r="F110" s="9" t="s">
-[...2 lines deleted...]
-      <c r="G110" s="101" t="s">
+      <c r="H115" s="10"/>
+      <c r="I115" s="94" t="s">
         <v>287</v>
       </c>
-      <c r="H110" s="10"/>
-      <c r="I110" s="94" t="s">
+    </row>
+    <row r="116" spans="2:9">
+      <c r="B116" s="20"/>
+      <c r="C116" s="11"/>
+      <c r="D116" s="12" t="s">
         <v>288</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="D111" s="12" t="s">
+      <c r="E116" s="12" t="s">
         <v>289</v>
       </c>
-      <c r="E111" s="12" t="s">
+      <c r="F116" s="9" t="s">
         <v>290</v>
       </c>
-      <c r="F111" s="9" t="s">
+      <c r="G116" s="101" t="s">
         <v>291</v>
       </c>
-      <c r="G111" s="101" t="s">
+      <c r="H116" s="10" t="s">
         <v>292</v>
       </c>
-      <c r="H111" s="10" t="s">
+      <c r="I116" s="94" t="s">
         <v>293</v>
       </c>
-      <c r="I111" s="94" t="s">
+    </row>
+    <row r="117" spans="2:9" ht="24.75">
+      <c r="B117" s="20"/>
+      <c r="C117" s="9"/>
+      <c r="D117" s="105" t="s">
+        <v>288</v>
+      </c>
+      <c r="E117" s="105" t="s">
+        <v>471</v>
+      </c>
+      <c r="F117" s="106" t="s">
         <v>294</v>
       </c>
-    </row>
-[...30 lines deleted...]
-      <c r="B114" s="227" t="s">
+      <c r="G117" s="107" t="s">
+        <v>472</v>
+      </c>
+      <c r="H117" s="10"/>
+      <c r="I117" s="94" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="118" spans="2:9" ht="33" customHeight="1">
+      <c r="C118" s="175"/>
+      <c r="D118" s="60"/>
+      <c r="E118" s="60"/>
+      <c r="F118" s="61"/>
+      <c r="G118" s="176"/>
+      <c r="H118" s="177"/>
+      <c r="I118" s="178"/>
+    </row>
+    <row r="119" spans="2:9" ht="40.5" customHeight="1">
+      <c r="B119" s="241" t="s">
+        <v>303</v>
+      </c>
+      <c r="C119" s="242"/>
+      <c r="D119" s="242"/>
+      <c r="E119" s="242"/>
+      <c r="F119" s="242"/>
+      <c r="G119" s="242"/>
+      <c r="H119" s="242"/>
+      <c r="I119" s="243"/>
+    </row>
+    <row r="120" spans="2:9" ht="24.75" customHeight="1">
+      <c r="B120" s="186"/>
+      <c r="C120" s="169" t="s">
+        <v>81</v>
+      </c>
+      <c r="D120" s="169"/>
+      <c r="E120" s="170" t="s">
         <v>304</v>
       </c>
-      <c r="C114" s="228"/>
-[...9 lines deleted...]
-      <c r="C115" s="169" t="s">
+      <c r="F120" s="171" t="s">
+        <v>227</v>
+      </c>
+      <c r="G120" s="172" t="s">
+        <v>312</v>
+      </c>
+      <c r="H120" s="173"/>
+      <c r="I120" s="174" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="121" spans="2:9">
+      <c r="B121" s="20"/>
+      <c r="C121" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D121" s="24" t="s">
+        <v>305</v>
+      </c>
+      <c r="E121" s="25" t="s">
+        <v>304</v>
+      </c>
+      <c r="F121" s="24" t="s">
+        <v>227</v>
+      </c>
+      <c r="G121" s="26" t="s">
+        <v>312</v>
+      </c>
+      <c r="H121" s="158"/>
+      <c r="I121" s="85" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="122" spans="2:9">
+      <c r="B122" s="20"/>
+      <c r="C122" s="66"/>
+      <c r="D122" s="55" t="s">
+        <v>330</v>
+      </c>
+      <c r="E122" s="55" t="s">
+        <v>319</v>
+      </c>
+      <c r="F122" s="54" t="s">
+        <v>320</v>
+      </c>
+      <c r="G122" s="69" t="s">
+        <v>321</v>
+      </c>
+      <c r="H122" s="160" t="s">
+        <v>322</v>
+      </c>
+      <c r="I122" s="141" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="123" spans="2:9" ht="32.25" customHeight="1">
+      <c r="B123" s="20"/>
+      <c r="C123" s="66"/>
+      <c r="D123" s="58" t="s">
+        <v>324</v>
+      </c>
+      <c r="E123" s="55" t="s">
+        <v>325</v>
+      </c>
+      <c r="F123" s="54" t="s">
+        <v>326</v>
+      </c>
+      <c r="G123" s="69" t="s">
+        <v>327</v>
+      </c>
+      <c r="H123" s="160" t="s">
+        <v>328</v>
+      </c>
+      <c r="I123" s="141" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="124" spans="2:9">
+      <c r="B124" s="20"/>
+      <c r="C124" s="23"/>
+      <c r="D124" s="70" t="s">
+        <v>306</v>
+      </c>
+      <c r="E124" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="F124" s="70" t="s">
+        <v>308</v>
+      </c>
+      <c r="G124" s="50" t="s">
+        <v>309</v>
+      </c>
+      <c r="H124" s="164" t="s">
+        <v>310</v>
+      </c>
+      <c r="I124" s="145" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="125" spans="2:9">
+      <c r="B125" s="20"/>
+      <c r="C125" s="72"/>
+      <c r="D125" s="55" t="s">
+        <v>314</v>
+      </c>
+      <c r="E125" s="55" t="s">
+        <v>273</v>
+      </c>
+      <c r="F125" s="54" t="s">
+        <v>315</v>
+      </c>
+      <c r="G125" s="69" t="s">
+        <v>316</v>
+      </c>
+      <c r="H125" s="160" t="s">
+        <v>317</v>
+      </c>
+      <c r="I125" s="141" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="126" spans="2:9" ht="47.25" customHeight="1">
+      <c r="B126" s="244" t="s">
+        <v>332</v>
+      </c>
+      <c r="C126" s="244"/>
+      <c r="D126" s="244"/>
+      <c r="E126" s="245"/>
+      <c r="F126" s="245"/>
+      <c r="G126" s="245"/>
+      <c r="H126" s="245"/>
+      <c r="I126" s="245"/>
+    </row>
+    <row r="127" spans="2:9">
+      <c r="B127" s="181"/>
+      <c r="C127" s="37" t="s">
         <v>81</v>
       </c>
-      <c r="D115" s="169"/>
-[...125 lines deleted...]
-      <c r="B121" s="225" t="s">
+      <c r="D127" s="56" t="s">
+        <v>365</v>
+      </c>
+      <c r="E127" s="73"/>
+      <c r="F127" s="30"/>
+      <c r="G127" s="51"/>
+      <c r="H127" s="31"/>
+      <c r="I127" s="136"/>
+    </row>
+    <row r="128" spans="2:9">
+      <c r="B128" s="20"/>
+      <c r="C128" s="103"/>
+      <c r="D128" s="12" t="s">
         <v>333</v>
       </c>
-      <c r="C121" s="225"/>
-[...24 lines deleted...]
-      <c r="D123" s="12" t="s">
+      <c r="E128" s="12" t="s">
         <v>334</v>
       </c>
-      <c r="E123" s="12" t="s">
+      <c r="F128" s="9" t="s">
+        <v>230</v>
+      </c>
+      <c r="G128" s="101" t="s">
         <v>335</v>
       </c>
-      <c r="F123" s="9" t="s">
-[...2 lines deleted...]
-      <c r="G123" s="101" t="s">
+      <c r="H128" s="10"/>
+      <c r="I128" s="146" t="s">
         <v>336</v>
       </c>
-      <c r="H123" s="10"/>
-      <c r="I123" s="146" t="s">
+    </row>
+    <row r="129" spans="2:11">
+      <c r="B129" s="20"/>
+      <c r="C129" s="104"/>
+      <c r="D129" s="12" t="s">
         <v>337</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="D124" s="12" t="s">
+      <c r="E129" s="12" t="s">
         <v>338</v>
       </c>
-      <c r="E124" s="12" t="s">
+      <c r="F129" s="9" t="s">
         <v>339</v>
       </c>
-      <c r="F124" s="9" t="s">
+      <c r="G129" s="101" t="s">
+        <v>518</v>
+      </c>
+      <c r="H129" s="10"/>
+      <c r="I129" s="146" t="s">
         <v>340</v>
       </c>
-      <c r="G124" s="101" t="s">
-[...3 lines deleted...]
-      <c r="I124" s="146" t="s">
+      <c r="K129" s="129"/>
+    </row>
+    <row r="130" spans="2:11">
+      <c r="B130" s="20"/>
+      <c r="C130" s="52"/>
+      <c r="D130" s="52" t="s">
         <v>341</v>
       </c>
-      <c r="K124" s="129"/>
-[...4 lines deleted...]
-      <c r="D125" s="52" t="s">
+      <c r="E130" s="52" t="s">
         <v>342</v>
       </c>
-      <c r="E125" s="52" t="s">
+      <c r="F130" s="52" t="s">
+        <v>67</v>
+      </c>
+      <c r="G130" s="67" t="s">
+        <v>488</v>
+      </c>
+      <c r="H130" s="165"/>
+      <c r="I130" s="91">
+        <v>1161419346</v>
+      </c>
+    </row>
+    <row r="131" spans="2:11">
+      <c r="B131" s="20"/>
+      <c r="C131" s="52"/>
+      <c r="D131" s="52" t="s">
         <v>343</v>
       </c>
-      <c r="F125" s="52" t="s">
-[...13 lines deleted...]
-      <c r="D126" s="52" t="s">
+      <c r="E131" s="52" t="s">
         <v>344</v>
       </c>
-      <c r="E126" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F126" s="52" t="s">
+      <c r="F131" s="52" t="s">
         <v>61</v>
       </c>
-      <c r="G126" s="67" t="s">
-[...113 lines deleted...]
-    <row r="132" spans="2:9" ht="27.75" customHeight="1">
+      <c r="G131" s="67" t="s">
+        <v>489</v>
+      </c>
+      <c r="H131" s="165"/>
+      <c r="I131" s="123" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="132" spans="2:11" ht="32.25" customHeight="1">
       <c r="B132" s="53"/>
       <c r="C132" s="36"/>
       <c r="D132" s="12" t="s">
-        <v>518</v>
-[...15 lines deleted...]
-    <row r="133" spans="2:9" ht="27.75" customHeight="1">
+        <v>343</v>
+      </c>
+      <c r="E132" s="12" t="s">
+        <v>346</v>
+      </c>
+      <c r="F132" s="9" t="s">
+        <v>347</v>
+      </c>
+      <c r="G132" s="101" t="s">
+        <v>348</v>
+      </c>
+      <c r="H132" s="159" t="s">
+        <v>349</v>
+      </c>
+      <c r="I132" s="94" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="133" spans="2:11">
       <c r="B133" s="53"/>
       <c r="C133" s="36"/>
-      <c r="D133" s="12"/>
-[...4 lines deleted...]
-        <v>576</v>
+      <c r="D133" s="102" t="s">
+        <v>343</v>
+      </c>
+      <c r="E133" s="12" t="s">
+        <v>351</v>
+      </c>
+      <c r="F133" s="9" t="s">
+        <v>352</v>
       </c>
       <c r="G133" s="100" t="s">
-        <v>577</v>
-[...6 lines deleted...]
-    <row r="134" spans="2:9" ht="27.75" customHeight="1">
+        <v>353</v>
+      </c>
+      <c r="H133" s="159" t="s">
+        <v>345</v>
+      </c>
+      <c r="I133" s="147" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="134" spans="2:11" ht="30.75" customHeight="1">
       <c r="B134" s="53"/>
       <c r="C134" s="36"/>
-      <c r="D134" s="12"/>
-[...4 lines deleted...]
-        <v>579</v>
+      <c r="D134" s="12" t="s">
+        <v>343</v>
+      </c>
+      <c r="E134" s="12" t="s">
+        <v>355</v>
+      </c>
+      <c r="F134" s="9" t="s">
+        <v>356</v>
       </c>
       <c r="G134" s="100" t="s">
-        <v>580</v>
-[...6 lines deleted...]
-    <row r="135" spans="2:9" ht="27.75" customHeight="1">
+        <v>357</v>
+      </c>
+      <c r="H134" s="159" t="s">
+        <v>358</v>
+      </c>
+      <c r="I134" s="94" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="135" spans="2:11" ht="32.25" customHeight="1">
       <c r="B135" s="53"/>
       <c r="C135" s="36"/>
-      <c r="D135" s="12"/>
-[...4 lines deleted...]
-        <v>582</v>
+      <c r="D135" s="12" t="s">
+        <v>343</v>
+      </c>
+      <c r="E135" s="12" t="s">
+        <v>360</v>
+      </c>
+      <c r="F135" s="9" t="s">
+        <v>361</v>
       </c>
       <c r="G135" s="100" t="s">
-        <v>583</v>
-[...6 lines deleted...]
-    <row r="136" spans="2:9" ht="27.75" customHeight="1">
+        <v>362</v>
+      </c>
+      <c r="H135" s="159" t="s">
+        <v>363</v>
+      </c>
+      <c r="I135" s="94" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="136" spans="2:11" ht="32.25" customHeight="1">
       <c r="B136" s="53"/>
       <c r="C136" s="36"/>
-      <c r="D136" s="12"/>
-[...14 lines deleted...]
-    <row r="137" spans="2:9" ht="27.75" customHeight="1">
+      <c r="D136" s="12" t="s">
+        <v>343</v>
+      </c>
+      <c r="E136" s="12" t="s">
+        <v>513</v>
+      </c>
+      <c r="F136" s="9" t="s">
+        <v>512</v>
+      </c>
+      <c r="G136" s="100"/>
+      <c r="H136" s="159"/>
+      <c r="I136" s="94" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="137" spans="2:11" ht="27.75" customHeight="1">
       <c r="B137" s="53"/>
       <c r="C137" s="36"/>
-      <c r="D137" s="12"/>
+      <c r="D137" s="12" t="s">
+        <v>511</v>
+      </c>
       <c r="E137" s="99" t="s">
-        <v>587</v>
-[...10 lines deleted...]
-    <row r="138" spans="2:9" ht="27.75" customHeight="1">
+        <v>508</v>
+      </c>
+      <c r="F137" s="212" t="s">
+        <v>509</v>
+      </c>
+      <c r="G137" s="100" t="s">
+        <v>507</v>
+      </c>
+      <c r="H137" s="213"/>
+      <c r="I137" s="95" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="138" spans="2:11" ht="27.75" customHeight="1">
       <c r="B138" s="53"/>
       <c r="C138" s="36"/>
       <c r="D138" s="12"/>
       <c r="E138" s="99" t="s">
-        <v>589</v>
-[...2 lines deleted...]
-        <v>590</v>
+        <v>568</v>
+      </c>
+      <c r="F138" s="212" t="s">
+        <v>569</v>
       </c>
       <c r="G138" s="100" t="s">
-        <v>591</v>
-[...1 lines deleted...]
-      <c r="H138" s="214"/>
+        <v>570</v>
+      </c>
+      <c r="H138" s="213"/>
       <c r="I138" s="95">
-        <v>1164694602</v>
-[...2 lines deleted...]
-    <row r="139" spans="2:9" ht="27.75" customHeight="1">
+        <v>1124017206</v>
+      </c>
+    </row>
+    <row r="139" spans="2:11" ht="27.75" customHeight="1">
       <c r="B139" s="53"/>
       <c r="C139" s="36"/>
       <c r="D139" s="12"/>
       <c r="E139" s="99" t="s">
-        <v>592</v>
-[...2 lines deleted...]
-        <v>593</v>
+        <v>571</v>
+      </c>
+      <c r="F139" s="212" t="s">
+        <v>572</v>
       </c>
       <c r="G139" s="100" t="s">
-        <v>594</v>
-[...1 lines deleted...]
-      <c r="H139" s="214"/>
+        <v>573</v>
+      </c>
+      <c r="H139" s="213"/>
       <c r="I139" s="95">
-        <v>2920203271</v>
-[...2 lines deleted...]
-    <row r="140" spans="2:9" ht="27.75" customHeight="1">
+        <v>3424366842</v>
+      </c>
+    </row>
+    <row r="140" spans="2:11" ht="27.75" customHeight="1">
       <c r="B140" s="53"/>
       <c r="C140" s="36"/>
       <c r="D140" s="12"/>
       <c r="E140" s="99" t="s">
-        <v>595</v>
-[...2 lines deleted...]
-        <v>596</v>
+        <v>574</v>
+      </c>
+      <c r="F140" s="212" t="s">
+        <v>575</v>
       </c>
       <c r="G140" s="100" t="s">
-        <v>594</v>
-[...1 lines deleted...]
-      <c r="H140" s="214"/>
+        <v>576</v>
+      </c>
+      <c r="H140" s="213"/>
       <c r="I140" s="95">
-        <v>1150515326</v>
-[...2 lines deleted...]
-    <row r="141" spans="2:9" ht="27.75" customHeight="1">
+        <v>1134010577</v>
+      </c>
+    </row>
+    <row r="141" spans="2:11" ht="27.75" customHeight="1">
       <c r="B141" s="53"/>
       <c r="C141" s="36"/>
       <c r="D141" s="12"/>
       <c r="E141" s="99" t="s">
-        <v>597</v>
-[...2 lines deleted...]
-        <v>598</v>
+        <v>577</v>
+      </c>
+      <c r="F141" s="212" t="s">
+        <v>578</v>
       </c>
       <c r="G141" s="100" t="s">
-        <v>599</v>
-[...1 lines deleted...]
-      <c r="H141" s="214"/>
+        <v>579</v>
+      </c>
+      <c r="H141" s="213"/>
       <c r="I141" s="95">
-        <v>329545586</v>
-[...2 lines deleted...]
-    <row r="142" spans="2:9" ht="27.75" customHeight="1">
+        <v>2645601472</v>
+      </c>
+    </row>
+    <row r="142" spans="2:11" ht="27.75" customHeight="1">
       <c r="B142" s="53"/>
       <c r="C142" s="36"/>
       <c r="D142" s="12"/>
       <c r="E142" s="99" t="s">
-        <v>600</v>
-[...7 lines deleted...]
-      <c r="H142" s="214"/>
+        <v>580</v>
+      </c>
+      <c r="F142" s="212" t="s">
+        <v>581</v>
+      </c>
+      <c r="G142" s="100"/>
+      <c r="H142" s="213"/>
       <c r="I142" s="95">
-        <v>1132832343</v>
-[...2 lines deleted...]
-    <row r="143" spans="2:9" ht="27.75" customHeight="1">
+        <v>1125078873</v>
+      </c>
+    </row>
+    <row r="143" spans="2:11" ht="27.75" customHeight="1">
       <c r="B143" s="53"/>
       <c r="C143" s="36"/>
       <c r="D143" s="12"/>
       <c r="E143" s="99" t="s">
-        <v>575</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>582</v>
+      </c>
+      <c r="F143" s="212" t="s">
+        <v>583</v>
       </c>
       <c r="G143" s="100" t="s">
-        <v>604</v>
-[...1 lines deleted...]
-      <c r="H143" s="214"/>
+        <v>584</v>
+      </c>
+      <c r="H143" s="213"/>
       <c r="I143" s="95">
-        <v>1137730433</v>
-[...2 lines deleted...]
-    <row r="144" spans="2:9" ht="27.75" customHeight="1">
+        <v>1164694602</v>
+      </c>
+    </row>
+    <row r="144" spans="2:11" ht="27.75" customHeight="1">
       <c r="B144" s="53"/>
       <c r="C144" s="36"/>
       <c r="D144" s="12"/>
       <c r="E144" s="99" t="s">
-        <v>605</v>
-[...5 lines deleted...]
-      <c r="H144" s="214"/>
+        <v>585</v>
+      </c>
+      <c r="F144" s="212" t="s">
+        <v>586</v>
+      </c>
+      <c r="G144" s="100" t="s">
+        <v>587</v>
+      </c>
+      <c r="H144" s="213"/>
       <c r="I144" s="95">
-        <v>1124071762</v>
+        <v>2920203271</v>
       </c>
     </row>
     <row r="145" spans="2:9" ht="27.75" customHeight="1">
       <c r="B145" s="53"/>
       <c r="C145" s="36"/>
       <c r="D145" s="12"/>
       <c r="E145" s="99" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>607</v>
+        <v>588</v>
+      </c>
+      <c r="F145" s="212" t="s">
+        <v>589</v>
       </c>
       <c r="G145" s="100" t="s">
-        <v>608</v>
-[...1 lines deleted...]
-      <c r="H145" s="214"/>
+        <v>587</v>
+      </c>
+      <c r="H145" s="213"/>
       <c r="I145" s="95">
-        <v>2995342732</v>
-[...2 lines deleted...]
-    <row r="146" spans="2:9" ht="21" customHeight="1">
+        <v>1150515326</v>
+      </c>
+    </row>
+    <row r="146" spans="2:9" ht="27.75" customHeight="1">
       <c r="B146" s="53"/>
       <c r="C146" s="36"/>
-      <c r="D146" s="36"/>
-[...4 lines deleted...]
-        <v>610</v>
+      <c r="D146" s="12"/>
+      <c r="E146" s="99" t="s">
+        <v>590</v>
+      </c>
+      <c r="F146" s="212" t="s">
+        <v>591</v>
       </c>
       <c r="G146" s="100" t="s">
-        <v>611</v>
-[...2 lines deleted...]
-      <c r="I146" s="221">
+        <v>592</v>
+      </c>
+      <c r="H146" s="213"/>
+      <c r="I146" s="95">
+        <v>329545586</v>
+      </c>
+    </row>
+    <row r="147" spans="2:9" ht="27.75" customHeight="1">
+      <c r="B147" s="53"/>
+      <c r="C147" s="36"/>
+      <c r="D147" s="12"/>
+      <c r="E147" s="99" t="s">
+        <v>593</v>
+      </c>
+      <c r="F147" s="212" t="s">
+        <v>594</v>
+      </c>
+      <c r="G147" s="100" t="s">
+        <v>595</v>
+      </c>
+      <c r="H147" s="213"/>
+      <c r="I147" s="95">
+        <v>1132832343</v>
+      </c>
+    </row>
+    <row r="148" spans="2:9" ht="27.75" customHeight="1">
+      <c r="B148" s="53"/>
+      <c r="C148" s="36"/>
+      <c r="D148" s="12"/>
+      <c r="E148" s="99" t="s">
+        <v>568</v>
+      </c>
+      <c r="F148" s="212" t="s">
+        <v>596</v>
+      </c>
+      <c r="G148" s="100" t="s">
+        <v>597</v>
+      </c>
+      <c r="H148" s="213"/>
+      <c r="I148" s="95">
+        <v>1137730433</v>
+      </c>
+    </row>
+    <row r="149" spans="2:9" ht="27.75" customHeight="1">
+      <c r="B149" s="53"/>
+      <c r="C149" s="36"/>
+      <c r="D149" s="12"/>
+      <c r="E149" s="99" t="s">
+        <v>598</v>
+      </c>
+      <c r="F149" s="212" t="s">
+        <v>599</v>
+      </c>
+      <c r="G149" s="100"/>
+      <c r="H149" s="213"/>
+      <c r="I149" s="95">
+        <v>1124071762</v>
+      </c>
+    </row>
+    <row r="150" spans="2:9" ht="27.75" customHeight="1">
+      <c r="B150" s="53"/>
+      <c r="C150" s="36"/>
+      <c r="D150" s="12"/>
+      <c r="E150" s="99" t="s">
+        <v>121</v>
+      </c>
+      <c r="F150" s="212" t="s">
+        <v>600</v>
+      </c>
+      <c r="G150" s="100" t="s">
+        <v>601</v>
+      </c>
+      <c r="H150" s="213"/>
+      <c r="I150" s="95">
+        <v>2995342732</v>
+      </c>
+    </row>
+    <row r="151" spans="2:9" ht="21" customHeight="1">
+      <c r="B151" s="53"/>
+      <c r="C151" s="36"/>
+      <c r="D151" s="36"/>
+      <c r="E151" s="36" t="s">
+        <v>602</v>
+      </c>
+      <c r="F151" s="36" t="s">
+        <v>603</v>
+      </c>
+      <c r="G151" s="100" t="s">
+        <v>604</v>
+      </c>
+      <c r="H151" s="219"/>
+      <c r="I151" s="220">
         <v>2477610007</v>
       </c>
     </row>
-    <row r="147" spans="2:9" ht="38.25" customHeight="1">
-      <c r="B147" s="225" t="s">
+    <row r="152" spans="2:9" ht="21" customHeight="1">
+      <c r="B152" s="53"/>
+      <c r="C152" s="36"/>
+      <c r="D152" s="36"/>
+      <c r="E152" s="36" t="s">
+        <v>635</v>
+      </c>
+      <c r="F152" s="36" t="s">
+        <v>634</v>
+      </c>
+      <c r="G152" s="100"/>
+      <c r="H152" s="219"/>
+      <c r="I152" s="139" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="153" spans="2:9" ht="23.25" customHeight="1">
+      <c r="B153" s="53"/>
+      <c r="C153" s="36"/>
+      <c r="D153" s="36"/>
+      <c r="E153" s="36" t="s">
+        <v>644</v>
+      </c>
+      <c r="F153" s="36" t="s">
+        <v>637</v>
+      </c>
+      <c r="G153" s="100"/>
+      <c r="H153" s="219"/>
+      <c r="I153" s="238" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="154" spans="2:9" ht="38.25" customHeight="1">
+      <c r="B154" s="244" t="s">
+        <v>366</v>
+      </c>
+      <c r="C154" s="244"/>
+      <c r="D154" s="244"/>
+      <c r="E154" s="244"/>
+      <c r="F154" s="244"/>
+      <c r="G154" s="244"/>
+      <c r="H154" s="244"/>
+      <c r="I154" s="244"/>
+    </row>
+    <row r="155" spans="2:9" ht="28.5" customHeight="1">
+      <c r="B155" s="181"/>
+      <c r="C155" s="37" t="s">
+        <v>81</v>
+      </c>
+      <c r="D155" s="56" t="s">
         <v>367</v>
       </c>
-      <c r="C147" s="225"/>
-[...169 lines deleted...]
-      </c>
+      <c r="E155" s="41"/>
+      <c r="F155" s="42"/>
+      <c r="G155" s="57"/>
+      <c r="H155" s="31"/>
+      <c r="I155" s="136"/>
     </row>
     <row r="156" spans="2:9">
       <c r="B156" s="20"/>
       <c r="C156" s="97"/>
-      <c r="D156" s="105" t="s">
-[...16 lines deleted...]
-    <row r="157" spans="2:9">
+      <c r="D156" s="58" t="s">
+        <v>642</v>
+      </c>
+      <c r="E156" s="55" t="s">
+        <v>372</v>
+      </c>
+      <c r="F156" s="54" t="s">
+        <v>373</v>
+      </c>
+      <c r="G156" s="98" t="s">
+        <v>374</v>
+      </c>
+      <c r="H156" s="160"/>
+      <c r="I156" s="141" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="157" spans="2:9" ht="17.25" customHeight="1">
       <c r="B157" s="20"/>
       <c r="C157" s="97"/>
-      <c r="D157" s="105" t="s">
-[...16 lines deleted...]
-    <row r="158" spans="2:9" ht="24">
+      <c r="D157" s="55" t="s">
+        <v>376</v>
+      </c>
+      <c r="E157" s="55" t="s">
+        <v>377</v>
+      </c>
+      <c r="F157" s="54" t="s">
+        <v>378</v>
+      </c>
+      <c r="G157" s="98" t="s">
+        <v>379</v>
+      </c>
+      <c r="H157" s="160" t="s">
+        <v>380</v>
+      </c>
+      <c r="I157" s="141" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="158" spans="2:9">
       <c r="B158" s="20"/>
       <c r="C158" s="97"/>
-      <c r="D158" s="99" t="s">
-[...15 lines deleted...]
-        <v>410</v>
+      <c r="D158" s="12" t="s">
+        <v>383</v>
+      </c>
+      <c r="E158" s="12" t="s">
+        <v>434</v>
+      </c>
+      <c r="F158" s="9" t="s">
+        <v>371</v>
+      </c>
+      <c r="G158" s="111" t="s">
+        <v>384</v>
+      </c>
+      <c r="H158" s="10" t="s">
+        <v>385</v>
+      </c>
+      <c r="I158" s="94" t="s">
+        <v>386</v>
       </c>
     </row>
     <row r="159" spans="2:9">
       <c r="B159" s="20"/>
       <c r="C159" s="97"/>
-      <c r="D159" s="102" t="s">
-        <v>411</v>
+      <c r="D159" s="105" t="s">
+        <v>387</v>
       </c>
       <c r="E159" s="12" t="s">
-        <v>412</v>
+        <v>388</v>
       </c>
       <c r="F159" s="9" t="s">
-        <v>197</v>
+        <v>389</v>
       </c>
       <c r="G159" s="100" t="s">
-        <v>413</v>
+        <v>390</v>
       </c>
       <c r="H159" s="10"/>
-      <c r="I159" s="142" t="s">
-        <v>414</v>
+      <c r="I159" s="94" t="s">
+        <v>391</v>
       </c>
     </row>
     <row r="160" spans="2:9">
       <c r="B160" s="20"/>
       <c r="C160" s="97"/>
-      <c r="D160" s="102" t="s">
-        <v>411</v>
+      <c r="D160" s="105" t="s">
+        <v>387</v>
       </c>
       <c r="E160" s="12" t="s">
-        <v>415</v>
+        <v>392</v>
       </c>
       <c r="F160" s="9" t="s">
-        <v>383</v>
+        <v>393</v>
       </c>
       <c r="G160" s="100" t="s">
-        <v>416</v>
+        <v>394</v>
       </c>
       <c r="H160" s="10"/>
-      <c r="I160" s="142" t="s">
-        <v>417</v>
+      <c r="I160" s="94" t="s">
+        <v>395</v>
       </c>
     </row>
     <row r="161" spans="2:9">
       <c r="B161" s="20"/>
       <c r="C161" s="97"/>
-      <c r="D161" s="99" t="s">
-        <v>418</v>
+      <c r="D161" s="105" t="s">
+        <v>396</v>
       </c>
       <c r="E161" s="12" t="s">
-        <v>419</v>
+        <v>397</v>
       </c>
       <c r="F161" s="9" t="s">
-        <v>420</v>
-[...8 lines deleted...]
-        <v>423</v>
+        <v>398</v>
+      </c>
+      <c r="G161" s="100" t="s">
+        <v>399</v>
+      </c>
+      <c r="H161" s="10"/>
+      <c r="I161" s="94" t="s">
+        <v>400</v>
       </c>
     </row>
     <row r="162" spans="2:9">
       <c r="B162" s="20"/>
       <c r="C162" s="97"/>
-      <c r="D162" s="99" t="s">
-[...13 lines deleted...]
-        <v>427</v>
+      <c r="D162" s="105" t="s">
+        <v>401</v>
+      </c>
+      <c r="E162" s="99" t="s">
+        <v>616</v>
+      </c>
+      <c r="F162" s="110" t="s">
+        <v>368</v>
+      </c>
+      <c r="G162" s="190" t="s">
+        <v>369</v>
+      </c>
+      <c r="H162" s="162"/>
+      <c r="I162" s="95" t="s">
+        <v>370</v>
       </c>
     </row>
     <row r="163" spans="2:9">
       <c r="B163" s="20"/>
       <c r="C163" s="97"/>
-      <c r="D163" s="99" t="s">
-        <v>418</v>
+      <c r="D163" s="105" t="s">
+        <v>401</v>
       </c>
       <c r="E163" s="12" t="s">
-        <v>483</v>
+        <v>402</v>
       </c>
       <c r="F163" s="9" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>428</v>
+        <v>247</v>
+      </c>
+      <c r="G163" s="100" t="s">
+        <v>403</v>
       </c>
       <c r="H163" s="10"/>
-      <c r="I163" s="146" t="s">
-[...3 lines deleted...]
-    <row r="164" spans="2:9" ht="25.5" customHeight="1">
+      <c r="I163" s="94" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="164" spans="2:9">
       <c r="B164" s="20"/>
       <c r="C164" s="97"/>
-      <c r="D164" s="102" t="s">
-[...18 lines deleted...]
-    <row r="165" spans="2:9">
+      <c r="D164" s="105" t="s">
+        <v>401</v>
+      </c>
+      <c r="E164" s="12" t="s">
+        <v>443</v>
+      </c>
+      <c r="F164" s="9" t="s">
+        <v>444</v>
+      </c>
+      <c r="G164" s="191" t="s">
+        <v>448</v>
+      </c>
+      <c r="H164" s="10"/>
+      <c r="I164" s="94" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="165" spans="2:9" ht="24">
       <c r="B165" s="20"/>
       <c r="C165" s="97"/>
-      <c r="D165" s="102" t="s">
-[...14 lines deleted...]
-      <c r="I165" s="193">
+      <c r="D165" s="99" t="s">
+        <v>405</v>
+      </c>
+      <c r="E165" s="102" t="s">
+        <v>406</v>
+      </c>
+      <c r="F165" s="110" t="s">
+        <v>407</v>
+      </c>
+      <c r="G165" s="211" t="s">
+        <v>505</v>
+      </c>
+      <c r="H165" s="162" t="s">
+        <v>408</v>
+      </c>
+      <c r="I165" s="142" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="166" spans="2:9">
+      <c r="B166" s="20"/>
+      <c r="C166" s="97"/>
+      <c r="D166" s="102" t="s">
+        <v>410</v>
+      </c>
+      <c r="E166" s="12" t="s">
+        <v>411</v>
+      </c>
+      <c r="F166" s="9" t="s">
+        <v>197</v>
+      </c>
+      <c r="G166" s="100" t="s">
+        <v>412</v>
+      </c>
+      <c r="H166" s="10"/>
+      <c r="I166" s="142" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="167" spans="2:9">
+      <c r="B167" s="20"/>
+      <c r="C167" s="97"/>
+      <c r="D167" s="102" t="s">
+        <v>410</v>
+      </c>
+      <c r="E167" s="12" t="s">
+        <v>414</v>
+      </c>
+      <c r="F167" s="9" t="s">
+        <v>382</v>
+      </c>
+      <c r="G167" s="100" t="s">
+        <v>415</v>
+      </c>
+      <c r="H167" s="10"/>
+      <c r="I167" s="142" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="168" spans="2:9">
+      <c r="B168" s="20"/>
+      <c r="C168" s="97"/>
+      <c r="D168" s="99" t="s">
+        <v>417</v>
+      </c>
+      <c r="E168" s="12" t="s">
+        <v>418</v>
+      </c>
+      <c r="F168" s="9" t="s">
+        <v>419</v>
+      </c>
+      <c r="G168" s="192" t="s">
+        <v>420</v>
+      </c>
+      <c r="H168" s="10" t="s">
+        <v>421</v>
+      </c>
+      <c r="I168" s="146" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="169" spans="2:9">
+      <c r="B169" s="20"/>
+      <c r="C169" s="97"/>
+      <c r="D169" s="99" t="s">
+        <v>417</v>
+      </c>
+      <c r="E169" s="12" t="s">
+        <v>423</v>
+      </c>
+      <c r="F169" s="9" t="s">
+        <v>424</v>
+      </c>
+      <c r="G169" s="192" t="s">
+        <v>425</v>
+      </c>
+      <c r="H169" s="10"/>
+      <c r="I169" s="146" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="170" spans="2:9">
+      <c r="B170" s="20"/>
+      <c r="C170" s="97"/>
+      <c r="D170" s="99" t="s">
+        <v>417</v>
+      </c>
+      <c r="E170" s="12" t="s">
+        <v>477</v>
+      </c>
+      <c r="F170" s="9" t="s">
+        <v>382</v>
+      </c>
+      <c r="G170" s="192" t="s">
+        <v>427</v>
+      </c>
+      <c r="H170" s="10"/>
+      <c r="I170" s="146" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="171" spans="2:9">
+      <c r="B171" s="20"/>
+      <c r="C171" s="97"/>
+      <c r="D171" s="102" t="s">
+        <v>429</v>
+      </c>
+      <c r="E171" s="12" t="s">
+        <v>430</v>
+      </c>
+      <c r="F171" s="9" t="s">
+        <v>431</v>
+      </c>
+      <c r="G171" s="100" t="s">
+        <v>432</v>
+      </c>
+      <c r="H171" s="10" t="s">
+        <v>433</v>
+      </c>
+      <c r="I171" s="193">
         <v>1566304458</v>
+      </c>
+    </row>
+    <row r="172" spans="2:9" ht="23.25">
+      <c r="B172" s="20"/>
+      <c r="C172" s="234"/>
+      <c r="D172" s="237" t="s">
+        <v>642</v>
+      </c>
+      <c r="E172" s="237" t="s">
+        <v>639</v>
+      </c>
+      <c r="F172" s="240" t="s">
+        <v>640</v>
+      </c>
+      <c r="G172" s="237" t="s">
+        <v>650</v>
+      </c>
+      <c r="H172" s="235"/>
+      <c r="I172" s="236" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="173" spans="2:9">
+      <c r="B173" s="20"/>
+      <c r="C173" s="234"/>
+      <c r="D173" s="237" t="s">
+        <v>645</v>
+      </c>
+      <c r="E173" s="237" t="s">
+        <v>468</v>
+      </c>
+      <c r="F173" s="240" t="s">
+        <v>320</v>
+      </c>
+      <c r="G173" s="237"/>
+      <c r="H173" s="235"/>
+      <c r="I173" s="239" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="174" spans="2:9">
+      <c r="B174" s="20"/>
+      <c r="C174" s="234"/>
+      <c r="D174" s="237" t="s">
+        <v>649</v>
+      </c>
+      <c r="E174" s="237" t="s">
+        <v>338</v>
+      </c>
+      <c r="F174" s="240" t="s">
+        <v>646</v>
+      </c>
+      <c r="G174" s="237"/>
+      <c r="H174" s="235"/>
+      <c r="I174" s="239" t="s">
+        <v>647</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="13">
-    <mergeCell ref="B114:I114"/>
-[...6 lines deleted...]
-    <mergeCell ref="B102:I102"/>
     <mergeCell ref="B4:I4"/>
     <mergeCell ref="B31:I31"/>
     <mergeCell ref="B44:I44"/>
     <mergeCell ref="C45:D45"/>
     <mergeCell ref="B60:I60"/>
+    <mergeCell ref="B119:I119"/>
+    <mergeCell ref="B126:I126"/>
+    <mergeCell ref="B154:I154"/>
+    <mergeCell ref="B88:I88"/>
+    <mergeCell ref="C8:D8"/>
+    <mergeCell ref="C9:D9"/>
+    <mergeCell ref="B10:I10"/>
+    <mergeCell ref="B107:I107"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G8" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="G9" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="G16" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
     <hyperlink ref="G13" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
     <hyperlink ref="G18" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
     <hyperlink ref="G14" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
     <hyperlink ref="G12" r:id="rId7" display="jorgelan_laslomitas@hotmail.com " xr:uid="{00000000-0004-0000-0000-000006000000}"/>
     <hyperlink ref="G22" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
     <hyperlink ref="G21" r:id="rId9" display="juanjosen92@gmail.com" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
     <hyperlink ref="G27" r:id="rId10" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
     <hyperlink ref="G26" r:id="rId11" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
     <hyperlink ref="G25" r:id="rId12" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
     <hyperlink ref="G32" r:id="rId13" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
     <hyperlink ref="G40" r:id="rId14" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
     <hyperlink ref="G41" r:id="rId15" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
     <hyperlink ref="G42" r:id="rId16" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
     <hyperlink ref="G33" r:id="rId17" xr:uid="{00000000-0004-0000-0000-000012000000}"/>
     <hyperlink ref="G37" r:id="rId18" xr:uid="{00000000-0004-0000-0000-000013000000}"/>
     <hyperlink ref="G38" r:id="rId19" xr:uid="{00000000-0004-0000-0000-000014000000}"/>
     <hyperlink ref="G43" r:id="rId20" xr:uid="{00000000-0004-0000-0000-000015000000}"/>
     <hyperlink ref="G46" r:id="rId21" xr:uid="{00000000-0004-0000-0000-000016000000}"/>
     <hyperlink ref="G49" r:id="rId22" display="mailto:mabelitach@yahoo.es" xr:uid="{00000000-0004-0000-0000-000017000000}"/>
     <hyperlink ref="G45" r:id="rId23" xr:uid="{00000000-0004-0000-0000-000018000000}"/>
     <hyperlink ref="G54" r:id="rId24" xr:uid="{00000000-0004-0000-0000-00001A000000}"/>
     <hyperlink ref="G61" r:id="rId25" xr:uid="{00000000-0004-0000-0000-00001D000000}"/>
     <hyperlink ref="G34" r:id="rId26" xr:uid="{00000000-0004-0000-0000-00001E000000}"/>
     <hyperlink ref="G35" r:id="rId27" xr:uid="{00000000-0004-0000-0000-00001F000000}"/>
     <hyperlink ref="G64" r:id="rId28" xr:uid="{00000000-0004-0000-0000-000020000000}"/>
     <hyperlink ref="G65" r:id="rId29" xr:uid="{00000000-0004-0000-0000-000021000000}"/>
     <hyperlink ref="G66" r:id="rId30" xr:uid="{00000000-0004-0000-0000-000022000000}"/>
     <hyperlink ref="G69" r:id="rId31" xr:uid="{00000000-0004-0000-0000-000023000000}"/>
     <hyperlink ref="G90" r:id="rId32" xr:uid="{00000000-0004-0000-0000-000024000000}"/>
-    <hyperlink ref="G95" r:id="rId33" xr:uid="{00000000-0004-0000-0000-000028000000}"/>
-[...2 lines deleted...]
-    <hyperlink ref="G100" r:id="rId36" xr:uid="{00000000-0004-0000-0000-00002D000000}"/>
+    <hyperlink ref="G98" r:id="rId33" xr:uid="{00000000-0004-0000-0000-000028000000}"/>
+    <hyperlink ref="G97" r:id="rId34" xr:uid="{00000000-0004-0000-0000-00002A000000}"/>
+    <hyperlink ref="G99" r:id="rId35" xr:uid="{00000000-0004-0000-0000-00002C000000}"/>
+    <hyperlink ref="G103" r:id="rId36" xr:uid="{00000000-0004-0000-0000-00002D000000}"/>
     <hyperlink ref="G91" r:id="rId37" xr:uid="{00000000-0004-0000-0000-00002E000000}"/>
-    <hyperlink ref="G101" r:id="rId38" xr:uid="{00000000-0004-0000-0000-00002F000000}"/>
-[...74 lines deleted...]
-    <hyperlink ref="G11" r:id="rId113" xr:uid="{DE99C778-25B4-4617-925A-8368CCE38E23}"/>
+    <hyperlink ref="G104" r:id="rId38" xr:uid="{00000000-0004-0000-0000-00002F000000}"/>
+    <hyperlink ref="G114" r:id="rId39" xr:uid="{00000000-0004-0000-0000-000030000000}"/>
+    <hyperlink ref="G111" r:id="rId40" xr:uid="{00000000-0004-0000-0000-000031000000}"/>
+    <hyperlink ref="G115" r:id="rId41" display="cintiarosananavarro@hotmail.com" xr:uid="{00000000-0004-0000-0000-000032000000}"/>
+    <hyperlink ref="G116" r:id="rId42" xr:uid="{00000000-0004-0000-0000-000034000000}"/>
+    <hyperlink ref="G112" r:id="rId43" xr:uid="{00000000-0004-0000-0000-000035000000}"/>
+    <hyperlink ref="G117" r:id="rId44" display="walterrusso2012@hotmail.com" xr:uid="{00000000-0004-0000-0000-000036000000}"/>
+    <hyperlink ref="G94" r:id="rId45" xr:uid="{00000000-0004-0000-0000-000037000000}"/>
+    <hyperlink ref="G121" r:id="rId46" xr:uid="{00000000-0004-0000-0000-00003A000000}"/>
+    <hyperlink ref="G120" r:id="rId47" xr:uid="{00000000-0004-0000-0000-00003B000000}"/>
+    <hyperlink ref="G122" r:id="rId48" xr:uid="{00000000-0004-0000-0000-00003C000000}"/>
+    <hyperlink ref="G125" r:id="rId49" xr:uid="{00000000-0004-0000-0000-00003D000000}"/>
+    <hyperlink ref="G123" r:id="rId50" xr:uid="{00000000-0004-0000-0000-00003E000000}"/>
+    <hyperlink ref="G128" r:id="rId51" xr:uid="{00000000-0004-0000-0000-000040000000}"/>
+    <hyperlink ref="G132" r:id="rId52" xr:uid="{00000000-0004-0000-0000-000042000000}"/>
+    <hyperlink ref="G133" r:id="rId53" xr:uid="{00000000-0004-0000-0000-000043000000}"/>
+    <hyperlink ref="G134" r:id="rId54" xr:uid="{00000000-0004-0000-0000-000044000000}"/>
+    <hyperlink ref="G157" r:id="rId55" xr:uid="{00000000-0004-0000-0000-000046000000}"/>
+    <hyperlink ref="G158" r:id="rId56" xr:uid="{00000000-0004-0000-0000-000047000000}"/>
+    <hyperlink ref="G165" r:id="rId57" display="minmag87@hotmail.com" xr:uid="{00000000-0004-0000-0000-00004B000000}"/>
+    <hyperlink ref="G168" r:id="rId58" xr:uid="{00000000-0004-0000-0000-00004C000000}"/>
+    <hyperlink ref="G156" r:id="rId59" xr:uid="{00000000-0004-0000-0000-00004D000000}"/>
+    <hyperlink ref="G169" r:id="rId60" xr:uid="{00000000-0004-0000-0000-00004E000000}"/>
+    <hyperlink ref="G159" r:id="rId61" xr:uid="{00000000-0004-0000-0000-00004F000000}"/>
+    <hyperlink ref="G170" r:id="rId62" xr:uid="{00000000-0004-0000-0000-000050000000}"/>
+    <hyperlink ref="G167" r:id="rId63" xr:uid="{00000000-0004-0000-0000-000051000000}"/>
+    <hyperlink ref="G163" r:id="rId64" xr:uid="{00000000-0004-0000-0000-000052000000}"/>
+    <hyperlink ref="G171" r:id="rId65" xr:uid="{00000000-0004-0000-0000-000053000000}"/>
+    <hyperlink ref="G161" r:id="rId66" xr:uid="{00000000-0004-0000-0000-000054000000}"/>
+    <hyperlink ref="G160" r:id="rId67" xr:uid="{00000000-0004-0000-0000-000055000000}"/>
+    <hyperlink ref="G162" r:id="rId68" xr:uid="{00000000-0004-0000-0000-000056000000}"/>
+    <hyperlink ref="G56" r:id="rId69" xr:uid="{00000000-0004-0000-0000-000057000000}"/>
+    <hyperlink ref="G62" r:id="rId70" xr:uid="{00000000-0004-0000-0000-00005B000000}"/>
+    <hyperlink ref="G164" r:id="rId71" xr:uid="{00000000-0004-0000-0000-00005C000000}"/>
+    <hyperlink ref="G101" r:id="rId72" xr:uid="{00000000-0004-0000-0000-00005D000000}"/>
+    <hyperlink ref="G24" r:id="rId73" xr:uid="{00000000-0004-0000-0000-00005E000000}"/>
+    <hyperlink ref="G23" r:id="rId74" xr:uid="{00000000-0004-0000-0000-00005F000000}"/>
+    <hyperlink ref="G15" r:id="rId75" xr:uid="{00000000-0004-0000-0000-000060000000}"/>
+    <hyperlink ref="G110" r:id="rId76" xr:uid="{18E82470-2D20-4E7A-9496-0D1857663185}"/>
+    <hyperlink ref="G130" r:id="rId77" xr:uid="{5B248B89-0587-4002-B860-D0DED80A848D}"/>
+    <hyperlink ref="G131" r:id="rId78" xr:uid="{E22DF240-EE3E-411A-87A4-B396ECA572AD}"/>
+    <hyperlink ref="G48" r:id="rId79" xr:uid="{74AAD401-5391-4CE5-8A3B-54F29FD8CF19}"/>
+    <hyperlink ref="G57" r:id="rId80" xr:uid="{00000000-0004-0000-0000-00001B000000}"/>
+    <hyperlink ref="G129" r:id="rId81" xr:uid="{2CC2507B-975A-4B2B-A04A-7F76D23F1A39}"/>
+    <hyperlink ref="G72" r:id="rId82" xr:uid="{A7372DC6-52F1-4FA4-99A8-72441C2E3874}"/>
+    <hyperlink ref="G73" r:id="rId83" xr:uid="{C3667F70-3957-43C2-9D91-3853F5A25974}"/>
+    <hyperlink ref="G74" r:id="rId84" xr:uid="{A5314848-46DB-42B1-81B4-31031D0F72B2}"/>
+    <hyperlink ref="G75" r:id="rId85" xr:uid="{2F24398F-960C-4477-91BD-EA82DC00DBDB}"/>
+    <hyperlink ref="G76" r:id="rId86" xr:uid="{E2D31680-0B23-4DC1-9F5E-4E52557ACD50}"/>
+    <hyperlink ref="G77" r:id="rId87" xr:uid="{D09D5AC3-12FC-415F-82B0-DF30CE36EE64}"/>
+    <hyperlink ref="G78" r:id="rId88" xr:uid="{F47C2DE0-4DD7-4C51-AAAC-48DDE2DEB1B6}"/>
+    <hyperlink ref="G79" r:id="rId89" xr:uid="{A8141602-B354-4B38-850A-8BB1D0537E27}"/>
+    <hyperlink ref="G80" r:id="rId90" xr:uid="{2B736B46-6709-4C94-9E2B-679C9ECE2A39}"/>
+    <hyperlink ref="G81" r:id="rId91" xr:uid="{FB789498-8A93-4E3D-B702-56AF7FB49AFF}"/>
+    <hyperlink ref="G82" r:id="rId92" xr:uid="{01F807A4-C21B-4FF7-88D8-72A7200A92A4}"/>
+    <hyperlink ref="G83" r:id="rId93" xr:uid="{DDB70ACD-06E7-4C60-A85C-4106569AD361}"/>
+    <hyperlink ref="G84" r:id="rId94" xr:uid="{4953D53C-B2B8-4197-BDB3-13CA45E839F7}"/>
+    <hyperlink ref="G71" r:id="rId95" xr:uid="{A09A9E06-4F21-48AF-BB19-36E28274D0B0}"/>
+    <hyperlink ref="G85" r:id="rId96" xr:uid="{2D98560C-61B1-4228-861A-E5091F1AF42B}"/>
+    <hyperlink ref="G86" r:id="rId97" xr:uid="{BFEE9B8B-8D75-42AB-948E-B8AE51FB1D06}"/>
+    <hyperlink ref="G87" r:id="rId98" xr:uid="{DC1B1960-3CB0-489C-A790-AA5FB7150E69}"/>
+    <hyperlink ref="G138" r:id="rId99" xr:uid="{DD6EA19D-C9D2-4BD0-BF50-5EBC6BA6AA40}"/>
+    <hyperlink ref="G139" r:id="rId100" xr:uid="{11890D61-25C7-4C28-9265-B437E8A67EE3}"/>
+    <hyperlink ref="G140" r:id="rId101" xr:uid="{EAEEDEF8-0702-43D7-97BB-3F3DD57608E7}"/>
+    <hyperlink ref="G141" r:id="rId102" xr:uid="{66F15FB4-2867-4318-9711-9EAFD048F78D}"/>
+    <hyperlink ref="G143" r:id="rId103" xr:uid="{EF3321BA-C0E8-45A7-9F6B-FA8D91326716}"/>
+    <hyperlink ref="G144" r:id="rId104" xr:uid="{FEBC6858-1290-4694-B278-F97C6978074E}"/>
+    <hyperlink ref="G145" r:id="rId105" xr:uid="{FD2AD3E7-7FFF-4A71-8A4B-ABD0E9CD92FB}"/>
+    <hyperlink ref="G146" r:id="rId106" xr:uid="{23A66C9B-17C2-4A4C-A0EC-4654EB52A895}"/>
+    <hyperlink ref="G147" r:id="rId107" xr:uid="{2D446516-3CBB-4D00-B6B4-C4954D06B0BF}"/>
+    <hyperlink ref="G148" r:id="rId108" xr:uid="{47F33666-6102-49AB-B9EA-06B9B66FEA18}"/>
+    <hyperlink ref="G150" r:id="rId109" xr:uid="{F04DFF8B-351D-498D-8E92-7B13820479FD}"/>
+    <hyperlink ref="G151" r:id="rId110" xr:uid="{02E2F491-5979-47CD-A539-0B3ACD1959E8}"/>
+    <hyperlink ref="G11" r:id="rId111" xr:uid="{DE99C778-25B4-4617-925A-8368CCE38E23}"/>
   </hyperlinks>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0" footer="0"/>
-  <pageSetup paperSize="9" orientation="landscape" r:id="rId114"/>
-  <drawing r:id="rId115"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId112"/>
+  <drawing r:id="rId113"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Hoja1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>